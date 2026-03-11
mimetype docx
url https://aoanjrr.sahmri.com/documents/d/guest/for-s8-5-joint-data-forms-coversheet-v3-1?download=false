--- v0 (2025-12-10)
+++ v1 (2026-03-11)
@@ -1,2552 +1,2223 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:background w:color="FFFFFF" w:themeColor="background1"/>
   <w:body>
-    <w:p w14:paraId="17E2D799" w14:textId="3EA70B08" w:rsidR="001B5ED8" w:rsidRPr="00612550" w:rsidRDefault="00012BC5" w:rsidP="00612550">
-[...2 lines deleted...]
-        <w:spacing w:before="0" w:after="240"/>
+    <w:p w14:paraId="7C8F10B3" w14:textId="630B2593" w:rsidR="00DD17A0" w:rsidRDefault="00DD17A0" w:rsidP="00E0796D">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1AEF8AA5" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="2D3884"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+    </w:p>
+    <w:p w14:paraId="69723303" w14:textId="42677A97" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="00E0796D" w:rsidP="000429EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="2D3884"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Returning Forms</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="2D3884"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>A</w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:contextualSpacing/>
+      <w:r w:rsidR="004130C9" w:rsidRPr="00461EE6">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="2D3884"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00565B14">
+        <w:t>OANJRR Coversheet</w:t>
+      </w:r>
+      <w:r w:rsidR="00E95D34" w:rsidRPr="00461EE6">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="2D3884"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>When you return completed forms</w:t>
+        <w:t xml:space="preserve"> for</w:t>
       </w:r>
-      <w:r w:rsidR="00860F71">
+      <w:r w:rsidR="004130C9" w:rsidRPr="00461EE6">
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman"/>
-[...107 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="2D3884"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E3375B" w:rsidRPr="00565B14">
+      <w:r w:rsidR="002F3A14" w:rsidRPr="00461EE6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="2D3884"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Reply-Paid envelopes provided by the AOANJRR</w:t>
+        <w:t xml:space="preserve">Joint Data </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-        <w:spacing w:after="80"/>
+      <w:r w:rsidR="00EC54B6" w:rsidRPr="00461EE6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="2D3884"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00565B14">
+        <w:t xml:space="preserve">Form </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95D34" w:rsidRPr="00461EE6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...3 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="2D3884"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Limit number of forms in each envelope to 50 forms</w:t>
+        <w:t>Submission</w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-        <w:spacing w:after="80"/>
+      <w:r w:rsidR="00EC54B6" w:rsidRPr="00461EE6">
         <w:rPr>
-          <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...42 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="2D3884"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="231C60EB" w14:textId="77777777" w:rsidR="00A70072" w:rsidRPr="00565B14" w:rsidRDefault="00A70072" w:rsidP="00A70072">
-[...98 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10343" w:type="dxa"/>
-[...7 lines deleted...]
-        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10036" w:type="dxa"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2405"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="2984"/>
+        <w:gridCol w:w="4104"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1247"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00703D81" w:rsidRPr="006D4B9E" w14:paraId="67116B49" w14:textId="77777777" w:rsidTr="00861603">
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="339ECED2" w14:textId="77777777" w:rsidTr="00461EE6">
         <w:trPr>
-          <w:trHeight w:val="624"/>
+          <w:trHeight w:val="610"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2405" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2984" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p w14:paraId="1946A00F" w14:textId="6ADB8787" w:rsidR="00703D81" w:rsidRPr="006D4B9E" w:rsidRDefault="00992CC7" w:rsidP="00792C08">
+          <w:p w14:paraId="2DB80508" w14:textId="71E1D54F" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="00335DEC" w:rsidP="000429EE">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4B9E">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hospital Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4104" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45772A01" w14:textId="1019207D" w:rsidR="00703D81" w:rsidRPr="006D4B9E" w:rsidRDefault="00703D81" w:rsidP="00792C08">
+          <w:p w14:paraId="07A5E026" w14:textId="77777777" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="00335DEC" w:rsidP="000429EE">
             <w:pPr>
-              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p w14:paraId="07934599" w14:textId="47E4EA96" w:rsidR="00703D81" w:rsidRPr="006D4B9E" w:rsidRDefault="00722591" w:rsidP="00792C08">
+          <w:p w14:paraId="0194B5ED" w14:textId="5B2B7914" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="004130C9" w:rsidP="000429EE">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4B9E">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">State </w:t>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>State</w:t>
             </w:r>
-            <w:r w:rsidR="00E24591" w:rsidRPr="006D4B9E">
-[...5 lines deleted...]
-              <w:t>&amp;</w:t>
+            <w:r w:rsidR="000429EE" w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="001907AB" w:rsidRPr="006D4B9E">
-[...5 lines deleted...]
-              <w:t>/or</w:t>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
             </w:r>
-            <w:r w:rsidRPr="006D4B9E">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Hospital AOANJRR Code</w:t>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00335DEC" w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Code</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4113E757" w14:textId="77777777" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="00335DEC" w:rsidP="000429EE">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="58DF3C6C" w14:textId="77777777" w:rsidTr="00461EE6">
+        <w:trPr>
+          <w:trHeight w:val="610"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2984" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E7127E7" w14:textId="4EC37979" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="00335DEC" w:rsidP="000429EE">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name of </w:t>
+            </w:r>
+            <w:r w:rsidR="000429EE" w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Requestor </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4104" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37E1A8B1" w14:textId="582C8416" w:rsidR="00703D81" w:rsidRPr="006D4B9E" w:rsidRDefault="00703D81" w:rsidP="00792C08">
+          <w:p w14:paraId="0614AC0D" w14:textId="77777777" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="00335DEC" w:rsidP="000429EE">
             <w:pPr>
-              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...3 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2405" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
           </w:tcPr>
-          <w:p w14:paraId="533A02EB" w14:textId="7C46063A" w:rsidR="00992CC7" w:rsidRPr="006D4B9E" w:rsidRDefault="00DA3CF3" w:rsidP="00792C08">
+          <w:p w14:paraId="62192E2F" w14:textId="64D7D79F" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="00335DEC" w:rsidP="000429EE">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4B9E">
-[...5 lines deleted...]
-              <w:t>Person Sending</w:t>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+            <w:r w:rsidR="004130C9" w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3544" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="1247" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B0DBB81" w14:textId="77777777" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="00335DEC" w:rsidP="000429EE">
+            <w:pPr>
+              <w:spacing w:line="360" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="1C1753AF" w14:textId="77777777" w:rsidR="00E0796D" w:rsidRPr="00461EE6" w:rsidRDefault="00E0796D" w:rsidP="000429EE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BC6EE4A" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>When you return completed forms, please:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09B054F8" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Submit with this cover sheet with each envelope</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB85787" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Use the yellow Reply-Paid envelopes provided by the AOANJRR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5702C10A" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Limit number of forms in each envelope to 50 forms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB48529" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure the envelope is securely sealed </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B653847" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="252CF973" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are running low, please complete an order form and email it to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00461EE6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t>admin@aoanjrr.org.au</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="496A7BC8" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="65B8CE" w:themeColor="accent5" w:themeTint="D9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Order forms and data collections forms are also available on our website: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="00461EE6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t>https://aoanjrr.sahmri.com/data-collection</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="65B8CE" w:themeColor="accent5" w:themeTint="D9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D76192" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="258863BE" w14:textId="77777777" w:rsidR="00E0796D" w:rsidRPr="00461EE6" w:rsidRDefault="00E0796D" w:rsidP="00E0796D">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10026" w:type="dxa"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="2796"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="6D141B4F" w14:textId="12117B29" w:rsidTr="000429EE">
+        <w:trPr>
+          <w:trHeight w:val="745"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="738ECA15" w14:textId="77777777" w:rsidR="00992CC7" w:rsidRPr="006D4B9E" w:rsidRDefault="00992CC7" w:rsidP="00792C08">
+          <w:p w14:paraId="3C15039B" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
             <w:pPr>
-              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-                <w:color w:val="1F497D" w:themeColor="text2"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Please complete forms as fully as possible. The most common reason forms are returned is missing or incomplete information.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D3822C3" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3D9A3C6D" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Please check that the following commonly missed details are filled in:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="610CF42B" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48FFF5E7" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Procedure Date</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E89886B" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Cement details</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D43411F" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Side (of procedure)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38260A58" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Diagnosis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2667A1C5" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ASA field</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70B5C733" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hip approach</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08A7D80E" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Shoulder CT / MRI Scan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A18538D" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:ind w:left="-360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10A60577" w14:textId="77777777" w:rsidR="00FD6AB2" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:ind w:right="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AOANJRR have recently updated the shoulder, ankle, wrist and elbow procedure forms (Dec 2025). If your site is still using the multi-joint data forms, please request these.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3DA8B46A" w14:textId="024A0020" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:ind w:right="113"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47EB8A3B" w14:textId="1F74B82C" w:rsidR="00992CC7" w:rsidRPr="006D4B9E" w:rsidRDefault="0075575C" w:rsidP="00792C08">
+          <w:p w14:paraId="66231303" w14:textId="06E9427F" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="00335DEC">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4B9E">
-[...5 lines deleted...]
-              <w:t>Date Sent</w:t>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>FORM TYPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2796" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3222C3FD" w14:textId="77777777" w:rsidR="00992CC7" w:rsidRPr="006D4B9E" w:rsidRDefault="00992CC7" w:rsidP="00792C08">
+          <w:p w14:paraId="6A9D429D" w14:textId="7731DAF5" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="004130C9">
             <w:pPr>
-              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
-                <w:color w:val="1F497D" w:themeColor="text2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>TOTAL NUMBER</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="2DE798C3" w14:textId="1A42A0F9" w:rsidTr="000429EE">
+        <w:trPr>
+          <w:trHeight w:val="745"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="7A1C6FE4" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-      </w:tr>
-[...33 lines deleted...]
-        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3114" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="355BAD9D" w14:textId="0B0BF587" w:rsidR="00CF562E" w:rsidRPr="006D4B9E" w:rsidRDefault="00CF562E" w:rsidP="005869B0">
+          <w:p w14:paraId="376896FE" w14:textId="0C1E1BC8" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4B9E">
-[...5 lines deleted...]
-              <w:t>Item</w:t>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Hip Data Forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="2796" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1920329C" w14:textId="3C29701F" w:rsidR="00CF562E" w:rsidRPr="006D4B9E" w:rsidRDefault="00CF562E" w:rsidP="005869B0">
-[...29 lines deleted...]
-          <w:p w14:paraId="49E5ED90" w14:textId="37E6D172" w:rsidR="007B7FBF" w:rsidRPr="006D4B9E" w:rsidRDefault="00CF562E" w:rsidP="007F4046">
+          <w:p w14:paraId="42755A53" w14:textId="4EA9E6CF" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4B9E">
-[...7 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="4CF27176" w14:textId="77777777" w:rsidR="00CF562E" w:rsidRPr="006D4B9E" w:rsidRDefault="00CF562E" w:rsidP="007F4046">
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="4A08A6A8" w14:textId="1B118D66" w:rsidTr="000429EE">
+        <w:trPr>
+          <w:trHeight w:val="746"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="283548F9" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:spacing w:after="0"/>
-[...371 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...24 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="52BA51"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7EC234"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6922FE19" w14:textId="06B1E314" w:rsidR="00CF562E" w:rsidRPr="006D4B9E" w:rsidRDefault="00CF562E">
+          <w:p w14:paraId="28DC46DC" w14:textId="2FFD6C6C" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4B9E">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Knee Data Forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2796" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E7AE61C" w14:textId="77777777" w:rsidR="00CF562E" w:rsidRPr="006D4B9E" w:rsidRDefault="00CF562E">
+          <w:p w14:paraId="25972D7B" w14:textId="67086C23" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
             <w:pPr>
-              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="6FEE8CC0" w14:textId="06A27C6A" w:rsidTr="000429EE">
+        <w:trPr>
+          <w:trHeight w:val="745"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="0A21521C" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...24 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D3755B"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7374A773" w14:textId="0BA0E93C" w:rsidR="00CF562E" w:rsidRPr="006D4B9E" w:rsidRDefault="00CF562E">
+          <w:p w14:paraId="48EE60EF" w14:textId="1F3D34DA" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4B9E">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Shoulder Data Forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2796" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D48E3AE" w14:textId="77777777" w:rsidR="00CF562E" w:rsidRPr="006D4B9E" w:rsidRDefault="00CF562E">
+          <w:p w14:paraId="7C098BDC" w14:textId="49296BDB" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
             <w:pPr>
-              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="26D837D7" w14:textId="63B7DC5C" w:rsidTr="000429EE">
+        <w:trPr>
+          <w:trHeight w:val="745"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2F281766" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...24 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="BB93C4"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7030A0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="39603467" w14:textId="6A4AB118" w:rsidR="00FC64C8" w:rsidRPr="006D4B9E" w:rsidRDefault="00FC64C8" w:rsidP="00FC64C8">
+          <w:p w14:paraId="2D9A83E8" w14:textId="4902352E" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00177AA8" w:rsidP="007620B9">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4B9E">
-[...5 lines deleted...]
-              <w:t>Wrist &amp; Elbow Data Forms</w:t>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Elbow &amp; Wrist Data</w:t>
+            </w:r>
+            <w:r w:rsidR="00B91477" w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2796" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3AC71F3F" w14:textId="77777777" w:rsidR="00FC64C8" w:rsidRPr="006D4B9E" w:rsidRDefault="00FC64C8" w:rsidP="00FC64C8">
+          <w:p w14:paraId="1BC33353" w14:textId="551B9509" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
             <w:pPr>
-              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="40356491" w14:textId="198937CB" w:rsidTr="000429EE">
+        <w:trPr>
+          <w:trHeight w:val="746"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="683C3F21" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...24 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="BB93C4"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FF66FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="373F001D" w14:textId="77777777" w:rsidR="003F0314" w:rsidRDefault="00FC64C8" w:rsidP="00FC64C8">
+          <w:p w14:paraId="4FE2F857" w14:textId="66AD9BF1" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00577447" w:rsidP="007620B9">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4B9E">
-[...91 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Ankle Data Forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2796" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F5B48E4" w14:textId="77777777" w:rsidR="0075575C" w:rsidRPr="006D4B9E" w:rsidRDefault="0075575C" w:rsidP="00FC64C8">
+          <w:p w14:paraId="515DF526" w14:textId="1E316A5D" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
             <w:pPr>
-              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00577447" w:rsidRPr="00461EE6" w14:paraId="11B82968" w14:textId="4460267D" w:rsidTr="000429EE">
+        <w:trPr>
+          <w:trHeight w:val="745"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4CEADC" w14:textId="77777777" w:rsidR="00577447" w:rsidRPr="00461EE6" w:rsidRDefault="00577447" w:rsidP="00577447">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...24 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="6BCAEF"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2B949600" w14:textId="0B403201" w:rsidR="00CF562E" w:rsidRPr="006D4B9E" w:rsidRDefault="00CF562E">
+          <w:p w14:paraId="5B5FE3CB" w14:textId="3B7DD8B1" w:rsidR="00577447" w:rsidRPr="00461EE6" w:rsidRDefault="00577447" w:rsidP="00577447">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4B9E">
-[...3 lines deleted...]
-                <w:szCs w:val="22"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Spinal Disc Data Forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2796" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E4B53DD" w14:textId="77777777" w:rsidR="00CF562E" w:rsidRPr="006D4B9E" w:rsidRDefault="00CF562E">
+          <w:p w14:paraId="08B2C9C7" w14:textId="77777777" w:rsidR="00577447" w:rsidRPr="00461EE6" w:rsidRDefault="00577447" w:rsidP="00577447">
             <w:pPr>
-              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00577447" w:rsidRPr="00461EE6" w14:paraId="4AD0F083" w14:textId="77777777" w:rsidTr="000429EE">
+        <w:trPr>
+          <w:trHeight w:val="746"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="79C3BD18" w14:textId="77777777" w:rsidR="00577447" w:rsidRPr="00461EE6" w:rsidRDefault="00577447" w:rsidP="00577447">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5103" w:type="dxa"/>
-[...24 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="36BFB9"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="009999"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="733DDAFF" w14:textId="23B9F842" w:rsidR="00CF562E" w:rsidRPr="006D4B9E" w:rsidRDefault="00CF562E" w:rsidP="001026B1">
+          <w:p w14:paraId="2CC161FD" w14:textId="51869AF2" w:rsidR="00577447" w:rsidRPr="00461EE6" w:rsidRDefault="00577447" w:rsidP="00577447">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="006D4B9E">
-[...5 lines deleted...]
-              <w:t>Knee Osteotomy Data Forms</w:t>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Knee Osteotomy Forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2126" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:tcW w:w="2796" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="27075669" w14:textId="77777777" w:rsidR="00CF562E" w:rsidRPr="006D4B9E" w:rsidRDefault="00CF562E" w:rsidP="001026B1">
+          <w:p w14:paraId="11D8F237" w14:textId="77777777" w:rsidR="00577447" w:rsidRPr="00461EE6" w:rsidRDefault="00577447" w:rsidP="00577447">
             <w:pPr>
-              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-[...25 lines deleted...]
-                <w:szCs w:val="22"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5D919CFF" w14:textId="77777777" w:rsidR="007B7FBF" w:rsidRDefault="007B7FBF" w:rsidP="00BB11F9">
+    <w:p w14:paraId="384928AA" w14:textId="77777777" w:rsidR="00CA426B" w:rsidRPr="00461EE6" w:rsidRDefault="00CA426B" w:rsidP="007620B9">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5F366C53" w14:textId="774CEF9F" w:rsidR="00BB11F9" w:rsidRPr="00A0019E" w:rsidRDefault="00BB11F9" w:rsidP="00BB11F9">
+    <w:p w14:paraId="36CB3DCF" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="007620B9">
       <w:pPr>
         <w:rPr>
-          <w:sz w:val="18"/>
-[...1 lines deleted...]
-          <w:u w:val="single"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A0019E">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="10343" w:type="dxa"/>
-[...7 lines deleted...]
-        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="10010" w:type="dxa"/>
+        <w:tblInd w:w="-289" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2405"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2693"/>
+        <w:gridCol w:w="7230"/>
+        <w:gridCol w:w="2780"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB11F9" w:rsidRPr="00A0019E" w14:paraId="770C09A9" w14:textId="77777777" w:rsidTr="00E16540">
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="258639E7" w14:textId="77777777" w:rsidTr="00461EE6">
         <w:trPr>
-          <w:trHeight w:val="429"/>
+          <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2405" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="10010" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3080BB7E" w14:textId="178E04B9" w:rsidR="00BB11F9" w:rsidRPr="00A0019E" w:rsidRDefault="00BB11F9" w:rsidP="004268EF">
+          <w:p w14:paraId="69B6D13E" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="008E692F">
             <w:pPr>
-              <w:pStyle w:val="Heading1"/>
-[...4 lines deleted...]
-                <w:szCs w:val="28"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A0019E">
-[...5 lines deleted...]
-              <w:t>Date Received</w:t>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Office Use Only</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="7348B81C" w14:textId="77777777" w:rsidTr="00461EE6">
+        <w:trPr>
+          <w:trHeight w:val="416"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7230" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2968087E" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="008E692F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Date Received:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Symbol" w:char="F0BC"/>
+            </w:r>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Symbol" w:char="F0BC"/>
+            </w:r>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> / </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:sym w:font="Symbol" w:char="F0BC"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2693" w:type="dxa"/>
-[...1 lines deleted...]
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="2780" w:type="dxa"/>
+            <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="55A5A511" w14:textId="183172A8" w:rsidR="00BB11F9" w:rsidRPr="00A0019E" w:rsidRDefault="004268EF" w:rsidP="004268EF">
+          <w:p w14:paraId="171A9EBF" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="008E692F">
             <w:pPr>
-              <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
-                <w:color w:val="1F497D" w:themeColor="text2"/>
-[...1 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00A0019E">
-[...1 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
-                <w:color w:val="1F497D" w:themeColor="text2"/>
-[...3 lines deleted...]
-              <w:t>….. / ……. / …….</w:t>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Initial: </w:t>
             </w:r>
-          </w:p>
-[...23 lines deleted...]
-              <w:t>Initial</w:t>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+              </w:rPr>
+              <w:t>______</w:t>
             </w:r>
-          </w:p>
-[...10 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="78C8A308" w14:textId="7AD7B481" w:rsidR="00AA6984" w:rsidRPr="00AA6984" w:rsidRDefault="00275053" w:rsidP="00DB6A9E">
-[...11 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="7C8F11D6" w14:textId="583EF3D4" w:rsidR="000838A4" w:rsidRPr="006C7ED5" w:rsidRDefault="000838A4" w:rsidP="00527500">
+      <w:pPr>
+        <w:ind w:right="-759"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00AA6984" w:rsidRPr="00AA6984" w:rsidSect="00E3286D">
-[...5 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr w:rsidR="000838A4" w:rsidRPr="006C7ED5" w:rsidSect="000429EE">
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
+      <w:pgMar w:top="1440" w:right="425" w:bottom="709" w:left="1080" w:header="720" w:footer="335" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5B370A04" w14:textId="77777777" w:rsidR="00415A4E" w:rsidRDefault="00415A4E" w:rsidP="001A0130">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7C8F1215" w14:textId="77777777" w:rsidR="00407632" w:rsidRDefault="00407632">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="27F2C9E6" w14:textId="77777777" w:rsidR="00415A4E" w:rsidRDefault="00415A4E" w:rsidP="001A0130">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7C8F1216" w14:textId="77777777" w:rsidR="00407632" w:rsidRDefault="00407632">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Franklin Gothic Book">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Constantia">
-    <w:panose1 w:val="02030602050306030303"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-[...18 lines deleted...]
-    <w:sig w:usb0="800002BF" w:usb1="29D7A47B" w:usb2="00000010" w:usb3="00000000" w:csb0="0029009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6F2D8B10" w14:textId="1D2D497A" w:rsidR="002D239B" w:rsidRPr="0040110A" w:rsidRDefault="00476D84" w:rsidP="002D239B">
+  <w:p w14:paraId="31FE684D" w14:textId="38BBFAAE" w:rsidR="00B91477" w:rsidRDefault="00B91477" w:rsidP="00B91477">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
-      <w:rPr>
+      <w:ind w:right="108"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:color w:val="000080"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="7A7B93DF" w14:textId="77777777" w:rsidR="000429EE" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+    <w:pPr>
+      <w:ind w:right="-1135" w:hanging="1134"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="000080"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="1DD6AC67" w14:textId="206FC23E" w:rsidR="000429EE" w:rsidRPr="00937777" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+    <w:pPr>
+      <w:ind w:right="-1135" w:hanging="1134"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="000080"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00937777">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="000080"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+      </w:rPr>
+      <w:t>AOA National Joint Replacement Registry |SAHMRI, North Terrace, Adelaide SA 5000</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4FA0B226" w14:textId="77777777" w:rsidR="000429EE" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+    <w:pPr>
+      <w:ind w:right="-1135" w:hanging="1134"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00937777">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="000080"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+        <w:lang w:val="nn-NO"/>
+      </w:rPr>
+      <w:t xml:space="preserve">T +61 8 8128 4280   E  </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r w:rsidRPr="00937777">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+          <w:lang w:val="nn-NO"/>
+        </w:rPr>
+        <w:t>adminr@aoanjrr.org.au</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidRPr="00937777">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="000080"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+        <w:lang w:val="nn-NO"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> | </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="00937777">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+          <w:lang w:val="nn-NO"/>
+        </w:rPr>
+        <w:t>www.aoa.org.au</w:t>
+      </w:r>
+    </w:hyperlink>
+  </w:p>
+  <w:p w14:paraId="6C0D4E39" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00937777" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+    <w:pPr>
+      <w:ind w:right="-1135" w:hanging="1134"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rStyle w:val="Hyperlink"/>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="000080"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+        <w:lang w:val="nn-NO"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="525DDAE7" w14:textId="7CD1305B" w:rsidR="00CA426B" w:rsidRPr="000429EE" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4153"/>
+        <w:tab w:val="clear" w:pos="8306"/>
+        <w:tab w:val="center" w:pos="4536"/>
+      </w:tabs>
+      <w:ind w:right="-2"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-      </w:rPr>
-[...5 lines deleted...]
-        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+        <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">AOANJRR Joint </w:t>
-[...4 lines deleted...]
-        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Data Forms – </w:t>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00137DDA">
-[...2 lines deleted...]
-        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Cover Sheet</w:t>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="0040110A">
-[...2 lines deleted...]
-        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:tab/>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:bookmarkEnd w:id="0"/>
-[...3 lines deleted...]
-        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:iCs/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:tab/>
+      <w:t>1</w:t>
     </w:r>
-  </w:p>
-[...3 lines deleted...]
-      <w:rPr>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-      </w:rPr>
-[...5 lines deleted...]
-        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>FO</w:t>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00335495" w:rsidRPr="00D27A54">
-[...1 lines deleted...]
-        <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>R.S8.</w:t>
+      <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidR="00306C6D">
-[...1 lines deleted...]
-        <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00335495" w:rsidRPr="00D27A54">
-[...1 lines deleted...]
-        <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> - </w:t>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="002D239B" w:rsidRPr="00D27A54">
-[...1 lines deleted...]
-        <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Version </w:t>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00335495" w:rsidRPr="00D27A54">
-[...1 lines deleted...]
-        <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>3</w:t>
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="00137DDA">
-[...1 lines deleted...]
-        <w:rFonts w:cstheme="minorHAnsi"/>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="808080" w:themeColor="background1" w:themeShade="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>.1</w:t>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00306C6D">
-[...13 lines deleted...]
-    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1D8F944E" w14:textId="77777777" w:rsidR="00415A4E" w:rsidRDefault="00415A4E" w:rsidP="001A0130">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7C8F1213" w14:textId="77777777" w:rsidR="00407632" w:rsidRDefault="00407632">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="36C9E4EE" w14:textId="77777777" w:rsidR="00415A4E" w:rsidRDefault="00415A4E" w:rsidP="001A0130">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="7C8F1214" w14:textId="77777777" w:rsidR="00407632" w:rsidRDefault="00407632">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="2089E82B" w14:textId="0A03A56F" w:rsidR="001A0130" w:rsidRPr="00A30A4C" w:rsidRDefault="00572E25" w:rsidP="00F136D9">
+  <w:p w14:paraId="2AB805F9" w14:textId="5A904206" w:rsidR="00C025FE" w:rsidRPr="000429EE" w:rsidRDefault="00B63CF8" w:rsidP="00C025FE">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
-      <w:ind w:left="1985"/>
+      <w:ind w:left="-426"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-AU"/>
+      </w:rPr>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+    <w:r w:rsidRPr="000429EE">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         <w:noProof/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
+        <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E23A39F" wp14:editId="24D47E59">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62CE5FFC" wp14:editId="11D63B89">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
-            <wp:posOffset>-445325</wp:posOffset>
+            <wp:posOffset>4973955</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-248190</wp:posOffset>
+            <wp:posOffset>-249555</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1895286" cy="1231277"/>
-          <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+          <wp:extent cx="1614807" cy="1049036"/>
+          <wp:effectExtent l="0" t="0" r="4445" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="1" name="Picture 1" descr="Text&#10;&#10;Description automatically generated"/>
+          <wp:docPr id="603339754" name="Picture 603339754" descr="Text&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="AOANJRR Logo White.jpg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1899179" cy="1233806"/>
+                    <a:ext cx="1614807" cy="1049036"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="page">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="page">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00523C83">
-[...230 lines deleted...]
-      </mc:AlternateContent>
+    <w:r w:rsidR="00C025FE" w:rsidRPr="000429EE">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">AOANJRR Standard Operating Procedures  </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="70C9F9A5" w14:textId="6BB6B024" w:rsidR="00C025FE" w:rsidRPr="000429EE" w:rsidRDefault="00C025FE" w:rsidP="00C025FE">
+    <w:pPr>
+      <w:ind w:left="-426"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="000429EE">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve">Section 8 – Forms </w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="68C39D28" w14:textId="7FE596A4" w:rsidR="00C025FE" w:rsidRPr="000429EE" w:rsidRDefault="00C025FE" w:rsidP="00E0796D">
+    <w:pPr>
+      <w:ind w:left="-426"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="000429EE">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>FOR.S8.</w:t>
+    </w:r>
+    <w:r w:rsidR="00A04AC5">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>5</w:t>
+    </w:r>
+    <w:r w:rsidRPr="000429EE">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="002F3A14" w:rsidRPr="000429EE">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>Coversheet Hospital Joint Data Form Return</w:t>
+    </w:r>
+    <w:r w:rsidR="00A04AC5">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> v3.2</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="FFFFFF88"/>
+    <w:nsid w:val="02EB16F7"/>
     <w:multiLevelType w:val="singleLevel"/>
-    <w:tmpl w:val="B3486CCC"/>
+    <w:tmpl w:val="2966A0C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1."/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="07C24478"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0C8E5542"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="0B9466B4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2651,365 +2322,118 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1ADF187E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="2966A0C0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="153533F4"/>
-[...37 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+    <w:nsid w:val="20772669"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="2966A0C0"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...58 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1D1C7358"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="BC0A555E">
+    <w:nsid w:val="232B50A8"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="5EE04138"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
-[...75 lines deleted...]
-      </w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="29C222D6"/>
-[...111 lines deleted...]
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F6E504F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A32B352"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="587" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1307" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3078,413 +2502,985 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5627" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6347" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="35000142"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3ACC3626"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="391A6CB1"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0C090001">
+    <w:nsid w:val="3AC672F3"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="2966A0C0"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...94 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3AEB0741"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="EB060CE8"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="944"/>
+        </w:tabs>
+        <w:ind w:left="944" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BA56BEC"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2966A0C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0C090001">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3BBF4993"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3ACC3626"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+    <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+    <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1800" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+    <w:lvl w:ilvl="6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2520" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+    <w:lvl w:ilvl="7">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3240" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+    <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3960" w:hanging="360"/>
-[...34 lines deleted...]
-      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
-      </w:pPr>
-[...111 lines deleted...]
-        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="420E51FF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E036FA9E"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42EC0F1D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="EB060CE8"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="59FA599A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="944"/>
+        </w:tabs>
+        <w:ind w:left="944" w:hanging="224"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:b/>
+        <w:i w:val="0"/>
+        <w:color w:val="808080"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44924A9A"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="2966A0C0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D2E1FB3"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="2966A0C0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="526A0563"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="28DCDF56"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5FBE3685"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="2966A0C0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:b w:val="0"/>
+        <w:i w:val="0"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="601E17BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F4CAAA80"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="763" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1483" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3553,941 +3549,1449 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5803" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6523" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="60A9FF85"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="604344EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="547A5BCC"/>
-    <w:lvl w:ilvl="0" w:tplc="3DCE7138">
+    <w:tmpl w:val="887EAD7A"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="480"/>
+        </w:tabs>
+        <w:ind w:left="480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1200"/>
+        </w:tabs>
+        <w:ind w:left="1200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1920"/>
+        </w:tabs>
+        <w:ind w:left="1920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="502" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2640"/>
+        </w:tabs>
+        <w:ind w:left="2640" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="F90AB832">
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1222" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3360"/>
+        </w:tabs>
+        <w:ind w:left="3360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4080"/>
+        </w:tabs>
+        <w:ind w:left="4080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4800"/>
+        </w:tabs>
+        <w:ind w:left="4800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5520"/>
+        </w:tabs>
+        <w:ind w:left="5520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6240"/>
+        </w:tabs>
+        <w:ind w:left="6240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72FF625C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D374878C"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="73392575"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8FFE93A0"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77F36626"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2000EA1A"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="480"/>
+        </w:tabs>
+        <w:ind w:left="480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1200"/>
+        </w:tabs>
+        <w:ind w:left="1200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1920"/>
+        </w:tabs>
+        <w:ind w:left="1920" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2640"/>
+        </w:tabs>
+        <w:ind w:left="2640" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3360"/>
+        </w:tabs>
+        <w:ind w:left="3360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4080"/>
+        </w:tabs>
+        <w:ind w:left="4080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4800"/>
+        </w:tabs>
+        <w:ind w:left="4800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5520"/>
+        </w:tabs>
+        <w:ind w:left="5520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6240"/>
+        </w:tabs>
+        <w:ind w:left="6240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7A8F1690"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D4EE5B38"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2520"/>
+        </w:tabs>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3240"/>
+        </w:tabs>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3960"/>
+        </w:tabs>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4680"/>
+        </w:tabs>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5400"/>
+        </w:tabs>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6120"/>
+        </w:tabs>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7E606BD1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DE8C3004"/>
+    <w:lvl w:ilvl="0" w:tplc="365E43CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="ECF62324">
+    <w:lvl w:ilvl="2" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1942" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="925A13D2">
+    <w:lvl w:ilvl="3" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2662" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="D50838D0">
+    <w:lvl w:ilvl="4" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3382" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="D94CBA3E">
+    <w:lvl w:ilvl="5" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4102" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="7ADA7DCA">
+    <w:lvl w:ilvl="6" w:tplc="04090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4822" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="2C1A51F6">
+    <w:lvl w:ilvl="7" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5542" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="9B4C1812">
+    <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6262" w:hanging="360"/>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-[...226 lines deleted...]
-  <w:num w:numId="1" w16cid:durableId="1355422464">
+  <w:num w:numId="1" w16cid:durableId="1250963588">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="900797773">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1074553020">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1138759861">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1174606442">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1040786035">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1141533658">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1598512752">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="470292359">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="730008088">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1787234134">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1371490228">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="937634866">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="750662888">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1311058277">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="194851062">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1395082259">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1486897128">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1259602387">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="19" w16cid:durableId="1797411300">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="42682544">
-[...17 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="2142190147">
+  <w:num w:numId="20" w16cid:durableId="592861778">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="362563371">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="21" w16cid:durableId="1439452298">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="2066949922">
-[...5 lines deleted...]
-  <w:num w:numId="13" w16cid:durableId="1682778278">
+  <w:num w:numId="22" w16cid:durableId="246501657">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1322388791">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="23" w16cid:durableId="2142190147">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="397021568">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="24" w16cid:durableId="397021568">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:displayBackgroundShape/>
+  <w:zoom w:percent="108"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:attachedTemplate r:id="rId1"/>
-[...1 lines deleted...]
-  <w:stylePaneSortMethod w:val="0000"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="32769"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDa0NDQ1MLAwMjIAUpYWRko6SsGpxcWZ+XkgBaa1AFmRMl0sAAAA"/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY0MjYzMbWwMDExMDU2MjZX0lEKTi0uzszPAykwrwUA5NpBGSwAAAA="/>
   </w:docVars>
   <w:rsids>
-    <w:rsidRoot w:val="0058746E"/>
-[...331 lines deleted...]
-    <w:rsid w:val="782FA9DD"/>
+    <w:rsidRoot w:val="008C11A9"/>
+    <w:rsid w:val="0000034C"/>
+    <w:rsid w:val="00004FF5"/>
+    <w:rsid w:val="0000526F"/>
+    <w:rsid w:val="00011C4C"/>
+    <w:rsid w:val="000271AC"/>
+    <w:rsid w:val="000429EE"/>
+    <w:rsid w:val="000449F2"/>
+    <w:rsid w:val="000636F0"/>
+    <w:rsid w:val="00065E83"/>
+    <w:rsid w:val="00071293"/>
+    <w:rsid w:val="00083781"/>
+    <w:rsid w:val="000838A4"/>
+    <w:rsid w:val="000877FE"/>
+    <w:rsid w:val="000915BE"/>
+    <w:rsid w:val="000953B7"/>
+    <w:rsid w:val="000A2C10"/>
+    <w:rsid w:val="000B668C"/>
+    <w:rsid w:val="000D3DEA"/>
+    <w:rsid w:val="000F7501"/>
+    <w:rsid w:val="00100F9D"/>
+    <w:rsid w:val="00101609"/>
+    <w:rsid w:val="001170A1"/>
+    <w:rsid w:val="00121866"/>
+    <w:rsid w:val="00124637"/>
+    <w:rsid w:val="0013538D"/>
+    <w:rsid w:val="00153902"/>
+    <w:rsid w:val="001621C5"/>
+    <w:rsid w:val="001672DB"/>
+    <w:rsid w:val="00176A80"/>
+    <w:rsid w:val="00176E12"/>
+    <w:rsid w:val="00177AA8"/>
+    <w:rsid w:val="001A79BA"/>
+    <w:rsid w:val="001B566A"/>
+    <w:rsid w:val="001B7D75"/>
+    <w:rsid w:val="001C5B38"/>
+    <w:rsid w:val="001C70A6"/>
+    <w:rsid w:val="001D3AF3"/>
+    <w:rsid w:val="001D7315"/>
+    <w:rsid w:val="001E0384"/>
+    <w:rsid w:val="001F4067"/>
+    <w:rsid w:val="001F7710"/>
+    <w:rsid w:val="001F787A"/>
+    <w:rsid w:val="0020694F"/>
+    <w:rsid w:val="00232CEC"/>
+    <w:rsid w:val="00233405"/>
+    <w:rsid w:val="002518A3"/>
+    <w:rsid w:val="00251A86"/>
+    <w:rsid w:val="00265EA2"/>
+    <w:rsid w:val="00275962"/>
+    <w:rsid w:val="00287139"/>
+    <w:rsid w:val="00290722"/>
+    <w:rsid w:val="002A10FE"/>
+    <w:rsid w:val="002A53DB"/>
+    <w:rsid w:val="002A7929"/>
+    <w:rsid w:val="002B75D3"/>
+    <w:rsid w:val="002C28E5"/>
+    <w:rsid w:val="002D2720"/>
+    <w:rsid w:val="002E14A9"/>
+    <w:rsid w:val="002E4DA1"/>
+    <w:rsid w:val="002E74E1"/>
+    <w:rsid w:val="002F3A14"/>
+    <w:rsid w:val="002F7FD2"/>
+    <w:rsid w:val="00301C05"/>
+    <w:rsid w:val="00315D27"/>
+    <w:rsid w:val="00321275"/>
+    <w:rsid w:val="003322F0"/>
+    <w:rsid w:val="00335DEC"/>
+    <w:rsid w:val="0033631C"/>
+    <w:rsid w:val="00343506"/>
+    <w:rsid w:val="0034629C"/>
+    <w:rsid w:val="00350D21"/>
+    <w:rsid w:val="00352A5E"/>
+    <w:rsid w:val="0035605E"/>
+    <w:rsid w:val="0036089B"/>
+    <w:rsid w:val="003772F6"/>
+    <w:rsid w:val="003924EC"/>
+    <w:rsid w:val="00394059"/>
+    <w:rsid w:val="003A3007"/>
+    <w:rsid w:val="003A7D72"/>
+    <w:rsid w:val="003B437D"/>
+    <w:rsid w:val="003C07BC"/>
+    <w:rsid w:val="003C5566"/>
+    <w:rsid w:val="003D291E"/>
+    <w:rsid w:val="003D5A18"/>
+    <w:rsid w:val="003D6C7C"/>
+    <w:rsid w:val="003F51C5"/>
+    <w:rsid w:val="003F6D20"/>
+    <w:rsid w:val="003F6DD1"/>
+    <w:rsid w:val="00402C89"/>
+    <w:rsid w:val="0040470A"/>
+    <w:rsid w:val="00407632"/>
+    <w:rsid w:val="00407AB7"/>
+    <w:rsid w:val="00412BB4"/>
+    <w:rsid w:val="004130C9"/>
+    <w:rsid w:val="0041518C"/>
+    <w:rsid w:val="00422343"/>
+    <w:rsid w:val="00430F84"/>
+    <w:rsid w:val="004358FB"/>
+    <w:rsid w:val="00442D8A"/>
+    <w:rsid w:val="0044349F"/>
+    <w:rsid w:val="00451097"/>
+    <w:rsid w:val="00452B33"/>
+    <w:rsid w:val="00453063"/>
+    <w:rsid w:val="00461A05"/>
+    <w:rsid w:val="00461EE6"/>
+    <w:rsid w:val="004655BC"/>
+    <w:rsid w:val="00465C01"/>
+    <w:rsid w:val="00466E77"/>
+    <w:rsid w:val="0047116F"/>
+    <w:rsid w:val="0047695A"/>
+    <w:rsid w:val="00481400"/>
+    <w:rsid w:val="00496C23"/>
+    <w:rsid w:val="004B738D"/>
+    <w:rsid w:val="004C336A"/>
+    <w:rsid w:val="004C776B"/>
+    <w:rsid w:val="004D1C4C"/>
+    <w:rsid w:val="004D6042"/>
+    <w:rsid w:val="004F46FD"/>
+    <w:rsid w:val="004F4F21"/>
+    <w:rsid w:val="00501079"/>
+    <w:rsid w:val="005020BD"/>
+    <w:rsid w:val="005030DD"/>
+    <w:rsid w:val="0051173C"/>
+    <w:rsid w:val="00513D98"/>
+    <w:rsid w:val="00527500"/>
+    <w:rsid w:val="00536591"/>
+    <w:rsid w:val="00552447"/>
+    <w:rsid w:val="00557F67"/>
+    <w:rsid w:val="00564640"/>
+    <w:rsid w:val="00577447"/>
+    <w:rsid w:val="00582B61"/>
+    <w:rsid w:val="00583088"/>
+    <w:rsid w:val="00586350"/>
+    <w:rsid w:val="0059451D"/>
+    <w:rsid w:val="005A4DD5"/>
+    <w:rsid w:val="005B0C5F"/>
+    <w:rsid w:val="005C094D"/>
+    <w:rsid w:val="005D7A23"/>
+    <w:rsid w:val="005E1A27"/>
+    <w:rsid w:val="00643047"/>
+    <w:rsid w:val="00652912"/>
+    <w:rsid w:val="00655A6E"/>
+    <w:rsid w:val="00664F6F"/>
+    <w:rsid w:val="006672A6"/>
+    <w:rsid w:val="006915D1"/>
+    <w:rsid w:val="006A2374"/>
+    <w:rsid w:val="006A2C6C"/>
+    <w:rsid w:val="006A469B"/>
+    <w:rsid w:val="006A4ED9"/>
+    <w:rsid w:val="006A68F0"/>
+    <w:rsid w:val="006A6BF5"/>
+    <w:rsid w:val="006B429A"/>
+    <w:rsid w:val="006C01BC"/>
+    <w:rsid w:val="006C026E"/>
+    <w:rsid w:val="006C3BC4"/>
+    <w:rsid w:val="006C7ED5"/>
+    <w:rsid w:val="006E08AA"/>
+    <w:rsid w:val="006E0CB3"/>
+    <w:rsid w:val="006E4E6A"/>
+    <w:rsid w:val="00706B03"/>
+    <w:rsid w:val="00716BA8"/>
+    <w:rsid w:val="0071742F"/>
+    <w:rsid w:val="007340FF"/>
+    <w:rsid w:val="00744E8D"/>
+    <w:rsid w:val="007620B9"/>
+    <w:rsid w:val="00762EED"/>
+    <w:rsid w:val="00775DA1"/>
+    <w:rsid w:val="00776775"/>
+    <w:rsid w:val="00776B7D"/>
+    <w:rsid w:val="0078138B"/>
+    <w:rsid w:val="007861E2"/>
+    <w:rsid w:val="0079121B"/>
+    <w:rsid w:val="007B1925"/>
+    <w:rsid w:val="007C4444"/>
+    <w:rsid w:val="007E1FA9"/>
+    <w:rsid w:val="007E449E"/>
+    <w:rsid w:val="007E7B56"/>
+    <w:rsid w:val="007F19BC"/>
+    <w:rsid w:val="00802B16"/>
+    <w:rsid w:val="008135BB"/>
+    <w:rsid w:val="00820368"/>
+    <w:rsid w:val="00845657"/>
+    <w:rsid w:val="00854E5C"/>
+    <w:rsid w:val="00874F1C"/>
+    <w:rsid w:val="00875565"/>
+    <w:rsid w:val="0088612B"/>
+    <w:rsid w:val="00887162"/>
+    <w:rsid w:val="00892B39"/>
+    <w:rsid w:val="008A1381"/>
+    <w:rsid w:val="008A5EBD"/>
+    <w:rsid w:val="008A7193"/>
+    <w:rsid w:val="008B3F4A"/>
+    <w:rsid w:val="008B6D29"/>
+    <w:rsid w:val="008C11A9"/>
+    <w:rsid w:val="008C2808"/>
+    <w:rsid w:val="008C2B8E"/>
+    <w:rsid w:val="008C5656"/>
+    <w:rsid w:val="008E5AA6"/>
+    <w:rsid w:val="008F21DD"/>
+    <w:rsid w:val="008F46B0"/>
+    <w:rsid w:val="0090499A"/>
+    <w:rsid w:val="00906D92"/>
+    <w:rsid w:val="00915D85"/>
+    <w:rsid w:val="009267FC"/>
+    <w:rsid w:val="0093042B"/>
+    <w:rsid w:val="00936517"/>
+    <w:rsid w:val="00942890"/>
+    <w:rsid w:val="0094465C"/>
+    <w:rsid w:val="00951046"/>
+    <w:rsid w:val="00963865"/>
+    <w:rsid w:val="00972F14"/>
+    <w:rsid w:val="00974FE9"/>
+    <w:rsid w:val="0098781C"/>
+    <w:rsid w:val="00991026"/>
+    <w:rsid w:val="0099612D"/>
+    <w:rsid w:val="009A4266"/>
+    <w:rsid w:val="009B6A4E"/>
+    <w:rsid w:val="009B75D5"/>
+    <w:rsid w:val="009C01A2"/>
+    <w:rsid w:val="009D0646"/>
+    <w:rsid w:val="009E404B"/>
+    <w:rsid w:val="009F38FF"/>
+    <w:rsid w:val="00A0020B"/>
+    <w:rsid w:val="00A04AC5"/>
+    <w:rsid w:val="00A12182"/>
+    <w:rsid w:val="00A30020"/>
+    <w:rsid w:val="00A31DA0"/>
+    <w:rsid w:val="00A415AE"/>
+    <w:rsid w:val="00A62987"/>
+    <w:rsid w:val="00A64CB3"/>
+    <w:rsid w:val="00A81E4C"/>
+    <w:rsid w:val="00A86DB7"/>
+    <w:rsid w:val="00A91912"/>
+    <w:rsid w:val="00A921DB"/>
+    <w:rsid w:val="00A9664C"/>
+    <w:rsid w:val="00AA0F5B"/>
+    <w:rsid w:val="00AA2680"/>
+    <w:rsid w:val="00AB3552"/>
+    <w:rsid w:val="00AB4AD7"/>
+    <w:rsid w:val="00AC1356"/>
+    <w:rsid w:val="00AD076C"/>
+    <w:rsid w:val="00AF5E80"/>
+    <w:rsid w:val="00B00658"/>
+    <w:rsid w:val="00B037DD"/>
+    <w:rsid w:val="00B15897"/>
+    <w:rsid w:val="00B16B5F"/>
+    <w:rsid w:val="00B21CE3"/>
+    <w:rsid w:val="00B252AE"/>
+    <w:rsid w:val="00B349FD"/>
+    <w:rsid w:val="00B35EA8"/>
+    <w:rsid w:val="00B375F7"/>
+    <w:rsid w:val="00B5131A"/>
+    <w:rsid w:val="00B517EC"/>
+    <w:rsid w:val="00B63CF8"/>
+    <w:rsid w:val="00B813F6"/>
+    <w:rsid w:val="00B91477"/>
+    <w:rsid w:val="00B971BC"/>
+    <w:rsid w:val="00BA0D7A"/>
+    <w:rsid w:val="00BA6E0E"/>
+    <w:rsid w:val="00BB4CF5"/>
+    <w:rsid w:val="00BB658E"/>
+    <w:rsid w:val="00BB77E6"/>
+    <w:rsid w:val="00BD6A49"/>
+    <w:rsid w:val="00BE1A20"/>
+    <w:rsid w:val="00BE5C00"/>
+    <w:rsid w:val="00C025FE"/>
+    <w:rsid w:val="00C0396C"/>
+    <w:rsid w:val="00C2408C"/>
+    <w:rsid w:val="00C3587A"/>
+    <w:rsid w:val="00C43B4B"/>
+    <w:rsid w:val="00C52A10"/>
+    <w:rsid w:val="00C53628"/>
+    <w:rsid w:val="00C64DA0"/>
+    <w:rsid w:val="00C67503"/>
+    <w:rsid w:val="00C92B95"/>
+    <w:rsid w:val="00C94AE2"/>
+    <w:rsid w:val="00CA426B"/>
+    <w:rsid w:val="00CA68A9"/>
+    <w:rsid w:val="00CB7B7A"/>
+    <w:rsid w:val="00CC7330"/>
+    <w:rsid w:val="00CD190A"/>
+    <w:rsid w:val="00CE5C5B"/>
+    <w:rsid w:val="00CF2261"/>
+    <w:rsid w:val="00CF4951"/>
+    <w:rsid w:val="00D30872"/>
+    <w:rsid w:val="00D35D11"/>
+    <w:rsid w:val="00D364B5"/>
+    <w:rsid w:val="00D37C05"/>
+    <w:rsid w:val="00D4765B"/>
+    <w:rsid w:val="00D53E00"/>
+    <w:rsid w:val="00D55ADD"/>
+    <w:rsid w:val="00D6135F"/>
+    <w:rsid w:val="00D63846"/>
+    <w:rsid w:val="00D721EB"/>
+    <w:rsid w:val="00D76911"/>
+    <w:rsid w:val="00D863E0"/>
+    <w:rsid w:val="00D86FFA"/>
+    <w:rsid w:val="00D90814"/>
+    <w:rsid w:val="00DA0C88"/>
+    <w:rsid w:val="00DB23AD"/>
+    <w:rsid w:val="00DB2A66"/>
+    <w:rsid w:val="00DC487F"/>
+    <w:rsid w:val="00DD17A0"/>
+    <w:rsid w:val="00DD6FCA"/>
+    <w:rsid w:val="00DE210A"/>
+    <w:rsid w:val="00DF3794"/>
+    <w:rsid w:val="00E0667E"/>
+    <w:rsid w:val="00E0796D"/>
+    <w:rsid w:val="00E10B29"/>
+    <w:rsid w:val="00E12DFA"/>
+    <w:rsid w:val="00E304D3"/>
+    <w:rsid w:val="00E426A4"/>
+    <w:rsid w:val="00E47B09"/>
+    <w:rsid w:val="00E748AC"/>
+    <w:rsid w:val="00E801F7"/>
+    <w:rsid w:val="00E8611F"/>
+    <w:rsid w:val="00E9439F"/>
+    <w:rsid w:val="00E95048"/>
+    <w:rsid w:val="00E95D34"/>
+    <w:rsid w:val="00EA113F"/>
+    <w:rsid w:val="00EA51D5"/>
+    <w:rsid w:val="00EB79BB"/>
+    <w:rsid w:val="00EC1D1A"/>
+    <w:rsid w:val="00EC54B6"/>
+    <w:rsid w:val="00ED161C"/>
+    <w:rsid w:val="00ED269E"/>
+    <w:rsid w:val="00ED3702"/>
+    <w:rsid w:val="00ED603A"/>
+    <w:rsid w:val="00EF6EAB"/>
+    <w:rsid w:val="00F25C08"/>
+    <w:rsid w:val="00F26C08"/>
+    <w:rsid w:val="00F27922"/>
+    <w:rsid w:val="00F35689"/>
+    <w:rsid w:val="00F41FF4"/>
+    <w:rsid w:val="00F54576"/>
+    <w:rsid w:val="00F67A48"/>
+    <w:rsid w:val="00F76212"/>
+    <w:rsid w:val="00F866EC"/>
+    <w:rsid w:val="00F9293E"/>
+    <w:rsid w:val="00FA58A5"/>
+    <w:rsid w:val="00FC49B4"/>
+    <w:rsid w:val="00FC4E6B"/>
+    <w:rsid w:val="00FC5D58"/>
+    <w:rsid w:val="00FD0C83"/>
+    <w:rsid w:val="00FD21DF"/>
+    <w:rsid w:val="00FD4511"/>
+    <w:rsid w:val="00FD6AB2"/>
+    <w:rsid w:val="00FE4083"/>
+    <w:rsid w:val="00FE4346"/>
+    <w:rsid w:val="00FF30CA"/>
+    <w:rsid w:val="00FF4B62"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="32769"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="7B4AB428"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{0AA7FD8B-33A5-44AA-A392-BE028DF606C8}"/>
+  <w14:docId w14:val="7C8F0F3C"/>
+  <w15:docId w15:val="{08F4A3A9-4528-4B25-963D-1F45E0B5E86A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:semiHidden="1" w:uiPriority="11" w:qFormat="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="1" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4509,78 +5013,78 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:semiHidden="1" w:uiPriority="29" w:qFormat="1"/>
-    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -4615,55 +5119,55 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="1" w:uiPriority="19" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Book Title" w:semiHidden="1" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
@@ -4726,980 +5230,1112 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00427BC9"/>
+    <w:rsid w:val="00E304D3"/>
     <w:rPr>
-      <w:b w:val="0"/>
-[...1 lines deleted...]
-      <w:lang w:val="en-AU"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
-    <w:link w:val="Heading1Char"/>
-    <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00F53FDC"/>
+    <w:rsid w:val="008C11A9"/>
     <w:pPr>
       <w:keepNext/>
-      <w:keepLines/>
-      <w:spacing w:before="240" w:after="0"/>
+      <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
-      <w:color w:val="1F497D" w:themeColor="text2"/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C11A9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C11A9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C11A9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading5">
+    <w:name w:val="heading 5"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading5Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C11A9"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="4"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C11A9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:ind w:left="-142" w:right="-234"/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:i/>
+      <w:sz w:val="23"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading7">
+    <w:name w:val="heading 7"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C11A9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:ind w:right="-376"/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="6"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading8">
+    <w:name w:val="heading 8"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="001170A1"/>
+    <w:pPr>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="7"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...72 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
-    <w:uiPriority w:val="39"/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="008C11A9"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
-[...9 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:rsid w:val="008C11A9"/>
     <w:rPr>
-      <w:rFonts w:ascii="Constantia" w:eastAsia="Times New Roman" w:hAnsi="Constantia"/>
       <w:b/>
-      <w:bCs/>
-[...311 lines deleted...]
-      <w:bCs/>
       <w:lang w:val="en-AU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
-[...2 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:styleId="FootnoteReference">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C11A9"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="FootnoteText">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:semiHidden/>
+    <w:rsid w:val="008C11A9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="576"/>
+      </w:tabs>
+      <w:ind w:left="576" w:hanging="576"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C11A9"/>
+    <w:pPr>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="26"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="008C11A9"/>
+    <w:pPr>
+      <w:ind w:left="3600" w:hanging="11"/>
+    </w:pPr>
+    <w:rPr>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="008C11A9"/>
+    <w:pPr>
+      <w:spacing w:line="360" w:lineRule="auto"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:snapToGrid w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="32"/>
+      <w:lang w:val="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="008C11A9"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="008C11A9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTMLPreformatted">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="008C11A9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="916"/>
+        <w:tab w:val="left" w:pos="1832"/>
+        <w:tab w:val="left" w:pos="2748"/>
+        <w:tab w:val="left" w:pos="3664"/>
+        <w:tab w:val="left" w:pos="4580"/>
+        <w:tab w:val="left" w:pos="5496"/>
+        <w:tab w:val="left" w:pos="6412"/>
+        <w:tab w:val="left" w:pos="7328"/>
+        <w:tab w:val="left" w:pos="8244"/>
+        <w:tab w:val="left" w:pos="9160"/>
+        <w:tab w:val="left" w:pos="10076"/>
+        <w:tab w:val="left" w:pos="10992"/>
+        <w:tab w:val="left" w:pos="11908"/>
+        <w:tab w:val="left" w:pos="12824"/>
+        <w:tab w:val="left" w:pos="13740"/>
+        <w:tab w:val="left" w:pos="14656"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:lang w:val="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00A106B2"/>
+    <w:rsid w:val="00F54576"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4153"/>
+        <w:tab w:val="right" w:pos="8306"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="PageNumber">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00407AB7"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="006A2374"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:rsid w:val="00DD17A0"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="32"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:rsid w:val="00DD17A0"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:b/>
       <w:bCs/>
-      <w:color w:val="auto"/>
-[...2 lines deleted...]
-      <w:lang w:val="en-AU"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:rsid w:val="00DD17A0"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:rsid w:val="00DD17A0"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:rsid w:val="00DD17A0"/>
+    <w:rPr>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:unhideWhenUsed/>
-    <w:rsid w:val="00A106B2"/>
+    <w:rsid w:val="00FC4E6B"/>
     <w:rPr>
-      <w:color w:val="0096D2" w:themeColor="hyperlink"/>
+      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BalloonText">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BalloonTextChar"/>
+    <w:rsid w:val="00466E77"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+    <w:name w:val="Balloon Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BalloonText"/>
+    <w:rsid w:val="00466E77"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="en-GB" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="0088612B"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00A106B2"/>
+    <w:rsid w:val="00335DEC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
-    </w:rPr>
-[...43 lines deleted...]
-      <w:lang w:val="en-AU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:divs>
+    <w:div w:id="2050719255">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aoanjrr.sahmri.com/data-collection" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@aoanjrr.org.au" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aoanjrr.sahmri.com/data-collection" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@aoanjrr.org.au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aoa.org.au/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adminr@aoanjrr.org.au" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
-<file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Business Theme to use">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="BUS_Activity Based Cost Tracker">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="F7F5E6"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="333A56"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="52658F"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="000000"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="8A8A8A"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0096D2"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="00578B"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Custom 53">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Franklin Gothic Book"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Franklin Gothic Book"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="67000"/>
-[...1 lines deleted...]
-                <a:lumMod val="110000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:tint val="73000"/>
-[...1 lines deleted...]
-                <a:lumMod val="105000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="81000"/>
-[...1 lines deleted...]
-                <a:lumMod val="105000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="94000"/>
-[...1 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:shade val="100000"/>
-[...1 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="78000"/>
-[...1 lines deleted...]
-                <a:lumMod val="99000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-    <xsd:import namespace="22bfa97f-6afe-456d-b298-33e6bcdead50"/>
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Australian Orthopaedic Association (Default CT)" ma:contentTypeID="0x0101000EF88FC2CAD613488C135573813F3D3F00F99A522C1789314DB58B2DD010D99D9700747937048E7DC74296D8C855EB4344F4" ma:contentTypeVersion="30" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="1e8a40758e57a691da2c51f0e22c388f">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="dcb029e4-eef8-41c2-b872-e5fb0338e987" xmlns:ns3="bcb65962-6466-4eb5-978e-af5ddf4eee47" xmlns:ns4="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1f96a88c2df0d804fad86776473c140e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
+    <xsd:import namespace="dcb029e4-eef8-41c2-b872-e5fb0338e987"/>
+    <xsd:import namespace="bcb65962-6466-4eb5-978e-af5ddf4eee47"/>
+    <xsd:import namespace="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...8 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:jf85f7d7c2aa4b53aec1efe99bca0618" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
+                <xsd:element ref="ns2:b2354de7539d45dda28ca1a6e9018e3f" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns4:Calendar_x0020_Year" minOccurs="0"/>
+                <xsd:element ref="ns2:Meeting_x0020_Date" minOccurs="0"/>
+                <xsd:element ref="ns4:c2ceacc7981442aead43a17efe01faf8" minOccurs="0"/>
+                <xsd:element ref="ns4:g73e8a0891ba4ef3b1a7a31885f00c07" minOccurs="0"/>
+                <xsd:element ref="ns4:Stakeholder_x0020_Group" minOccurs="0"/>
+                <xsd:element ref="ns2:a0499cb44bfc4ebfbe0f8b00d085d3b3" minOccurs="0"/>
+                <xsd:element ref="ns4:i305f1536da646e38c0211631745230e" minOccurs="0"/>
+                <xsd:element ref="ns4:Conference_x0020_Name" minOccurs="0"/>
+                <xsd:element ref="ns4:Ad_x0020_Hoc_x0020_Number" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns4:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyProperties" minOccurs="0"/>
+                <xsd:element ref="ns1:_ip_UnifiedCompliancePolicyUIAction" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="5e7fb97d-5d03-4836-9476-bae6c107db1a" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="32" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
-[...9 lines deleted...]
-    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="_ip_UnifiedCompliancePolicyUIAction" ma:index="33" nillable="true" ma:displayName="Unified Compliance Policy UI Action" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyUIAction">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceGenerationTime" ma:index="12" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
-[...14 lines deleted...]
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="1b11fbce-e9a9-4425-b85e-38f464aebd8d" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="dcb029e4-eef8-41c2-b872-e5fb0338e987" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="jf85f7d7c2aa4b53aec1efe99bca0618" ma:index="8" nillable="true" ma:taxonomy="true" ma:internalName="jf85f7d7c2aa4b53aec1efe99bca0618" ma:taxonomyFieldName="Document_x0020_Type" ma:displayName="Document Type" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{3f85f7d7-c2aa-4b53-aec1-efe99bca0618}" ma:sspId="1b11fbce-e9a9-4425-b85e-38f464aebd8d" ma:termSetId="7eb7e8b7-dacf-4de0-bc1a-838a8f8424be" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
-[...10 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{e8b4c430-f21d-4dfc-b87e-d9d2c7ef4d5b}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="22bfa97f-6afe-456d-b298-33e6bcdead50">
+    <xsd:element name="TaxCatchAll" ma:index="9" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:description="" ma:hidden="true" ma:list="{98c52ea6-5ef2-4764-9dd8-d9c9e939181d}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="bcb65962-6466-4eb5-978e-af5ddf4eee47">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAllLabel" ma:index="10" nillable="true" ma:displayName="Taxonomy Catch All Column1" ma:description="" ma:hidden="true" ma:list="{98c52ea6-5ef2-4764-9dd8-d9c9e939181d}" ma:internalName="TaxCatchAllLabel" ma:readOnly="true" ma:showField="CatchAllDataLabel" ma:web="bcb65962-6466-4eb5-978e-af5ddf4eee47">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="b2354de7539d45dda28ca1a6e9018e3f" ma:index="12" nillable="true" ma:taxonomy="true" ma:internalName="b2354de7539d45dda28ca1a6e9018e3f" ma:taxonomyFieldName="Topic" ma:displayName="Topic" ma:indexed="true" ma:readOnly="false" ma:default="" ma:fieldId="{b2354de7-539d-45dd-a28c-a1a6e9018e3f}" ma:sspId="1b11fbce-e9a9-4425-b85e-38f464aebd8d" ma:termSetId="a70474da-9756-409a-874c-25d7cbefc6db" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Meeting_x0020_Date" ma:index="17" nillable="true" ma:displayName="Meeting Date" ma:format="DateOnly" ma:internalName="Meeting_x0020_Date">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:DateTime"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="a0499cb44bfc4ebfbe0f8b00d085d3b3" ma:index="23" nillable="true" ma:taxonomy="true" ma:internalName="a0499cb44bfc4ebfbe0f8b00d085d3b3" ma:taxonomyFieldName="Organisation" ma:displayName="Organisation" ma:indexed="true" ma:default="" ma:fieldId="{a0499cb4-4bfc-4ebf-be0f-8b00d085d3b3}" ma:sspId="1b11fbce-e9a9-4425-b85e-38f464aebd8d" ma:termSetId="7464637b-f746-4543-9c3e-0cfccac0b3d5" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="false" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="bcb65962-6466-4eb5-978e-af5ddf4eee47" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="SharedWithUsers" ma:index="14" nillable="true" ma:displayName="Shared With" ma:description="" ma:internalName="SharedWithUsers" ma:readOnly="true">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:UserMulti">
+            <xsd:sequence>
+              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
+                <xsd:complexType>
+                  <xsd:sequence>
+                    <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
+                    <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
+                    <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
+                  </xsd:sequence>
+                </xsd:complexType>
+              </xsd:element>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="SharedWithDetails" ma:index="15" nillable="true" ma:displayName="Shared With Details" ma:description="" ma:internalName="SharedWithDetails" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="Calendar_x0020_Year" ma:index="16" nillable="true" ma:displayName="Calendar Year" ma:description="Calendar year as a number." ma:internalName="Calendar_x0020_Year">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text">
+          <xsd:maxLength value="4"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="c2ceacc7981442aead43a17efe01faf8" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="c2ceacc7981442aead43a17efe01faf8" ma:taxonomyFieldName="Title_x0020_of_x0020_Manuscript" ma:displayName="Title of Manuscript" ma:default="" ma:fieldId="{c2ceacc7-9814-42ae-ad43-a17efe01faf8}" ma:sspId="1b11fbce-e9a9-4425-b85e-38f464aebd8d" ma:termSetId="8664da50-705f-4f38-b6b9-9885620cd820" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="g73e8a0891ba4ef3b1a7a31885f00c07" ma:index="20" nillable="true" ma:taxonomy="true" ma:internalName="g73e8a0891ba4ef3b1a7a31885f00c07" ma:taxonomyFieldName="Authors" ma:displayName="Authors" ma:default="" ma:fieldId="{073e8a08-91ba-4ef3-b1a7-a31885f00c07}" ma:taxonomyMulti="true" ma:sspId="1b11fbce-e9a9-4425-b85e-38f464aebd8d" ma:termSetId="49016b70-88e2-4878-ad62-ece6a2e81b05" ma:anchorId="00000000-0000-0000-0000-000000000000" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Stakeholder_x0020_Group" ma:index="22" nillable="true" ma:displayName="Stakeholder Group" ma:default="Internal" ma:format="Dropdown" ma:internalName="Stakeholder_x0020_Group">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Internal"/>
+          <xsd:enumeration value="Government"/>
+          <xsd:enumeration value="State Health Department"/>
+          <xsd:enumeration value="Hospitals"/>
+          <xsd:enumeration value="Ethics Committee"/>
+          <xsd:enumeration value="Industry"/>
+          <xsd:enumeration value="Registries"/>
+          <xsd:enumeration value="Patients"/>
+          <xsd:enumeration value="Surgeons"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="i305f1536da646e38c0211631745230e" ma:index="25" nillable="true" ma:displayName="Ethics Committee_0" ma:hidden="true" ma:internalName="i305f1536da646e38c0211631745230e">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Conference_x0020_Name" ma:index="26" nillable="true" ma:displayName="Conference Name" ma:default="Other" ma:format="Dropdown" ma:internalName="Conference_x0020_Name">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="AAOS"/>
+          <xsd:enumeration value="AOA ASM"/>
+          <xsd:enumeration value="APOA"/>
+          <xsd:enumeration value="ASA ASM"/>
+          <xsd:enumeration value="COMOC"/>
+          <xsd:enumeration value="EFORT"/>
+          <xsd:enumeration value="ISAR"/>
+          <xsd:enumeration value="RACS"/>
+          <xsd:enumeration value="Other"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="Ad_x0020_Hoc_x0020_Number" ma:index="27" nillable="true" ma:displayName="Ad Hoc Number" ma:decimals="0" ma:internalName="Ad_x0020_Hoc_x0020_Number" ma:percentage="FALSE">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Number">
+          <xsd:maxInclusive value="9999"/>
+          <xsd:minInclusive value="0"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="28" nillable="true" ma:displayName="MediaServiceMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="29" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:description="" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="30" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="31" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="13" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -5744,152 +6380,330 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <a0499cb44bfc4ebfbe0f8b00d085d3b3 xmlns="dcb029e4-eef8-41c2-b872-e5fb0338e987">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Australian Orthopaedic Association - National Joint Replacement Registry</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">20702867-872a-4a93-baca-3bbbf14adeeb</TermId>
+        </TermInfo>
+      </Terms>
+    </a0499cb44bfc4ebfbe0f8b00d085d3b3>
+    <Conference_x0020_Name xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876">Other</Conference_x0020_Name>
+    <Calendar_x0020_Year xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876">2019</Calendar_x0020_Year>
+    <TaxCatchAll xmlns="dcb029e4-eef8-41c2-b872-e5fb0338e987">
+      <Value>13</Value>
+      <Value>198</Value>
+      <Value>240</Value>
+    </TaxCatchAll>
+    <Stakeholder_x0020_Group xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876">Internal</Stakeholder_x0020_Group>
+    <b2354de7539d45dda28ca1a6e9018e3f xmlns="dcb029e4-eef8-41c2-b872-e5fb0338e987">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">General Administration</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">3b254bc7-a2d6-4771-a2ec-98b0b3681c55</TermId>
+        </TermInfo>
+      </Terms>
+    </b2354de7539d45dda28ca1a6e9018e3f>
+    <jf85f7d7c2aa4b53aec1efe99bca0618 xmlns="dcb029e4-eef8-41c2-b872-e5fb0338e987">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Manual</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">cf1343c1-da7e-4e1f-a11b-ee13d5fd72f5</TermId>
+        </TermInfo>
+      </Terms>
+    </jf85f7d7c2aa4b53aec1efe99bca0618>
+    <c2ceacc7981442aead43a17efe01faf8 xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </c2ceacc7981442aead43a17efe01faf8>
+    <Meeting_x0020_Date xmlns="dcb029e4-eef8-41c2-b872-e5fb0338e987" xsi:nil="true"/>
+    <i305f1536da646e38c0211631745230e xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876" xsi:nil="true"/>
+    <Ad_x0020_Hoc_x0020_Number xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876" xsi:nil="true"/>
+    <g73e8a0891ba4ef3b1a7a31885f00c07 xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </g73e8a0891ba4ef3b1a7a31885f00c07>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E77B98CD-92EF-4880-BF69-555AFF624CEF}">
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="1b11fbce-e9a9-4425-b85e-38f464aebd8d" ContentTypeId="0x0101000EF88FC2CAD613488C135573813F3D3F" PreviousValue="false"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A05B1C2-CD62-4D58-B856-56BF4093EB6C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="5e7fb97d-5d03-4836-9476-bae6c107db1a"/>
-    <ds:schemaRef ds:uri="22bfa97f-6afe-456d-b298-33e6bcdead50"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+    <ds:schemaRef ds:uri="dcb029e4-eef8-41c2-b872-e5fb0338e987"/>
+    <ds:schemaRef ds:uri="bcb65962-6466-4eb5-978e-af5ddf4eee47"/>
+    <ds:schemaRef ds:uri="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{295B22F0-AE64-4625-9FB2-1E2A3F183921}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="bcb65962-6466-4eb5-978e-af5ddf4eee47"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="dcb029e4-eef8-41c2-b872-e5fb0338e987"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C02FB2E-AE6E-453A-976F-6835E13CE5C0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B84681D-A16E-430F-8C49-F85E2158A123}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B17F06A8-59FA-462B-9E12-3431AA21D8AD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Practice update form healthcare</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>198</Words>
-  <Characters>1213</Characters>
+  <Words>197</Words>
+  <Characters>1053</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>86</Lines>
-  <Paragraphs>48</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <Company/>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr>FOR.S8.5 Joint Data Forms Coversheet</vt:lpstr>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company>NJRR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1363</CharactersWithSpaces>
+  <CharactersWithSpaces>1232</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="12" baseType="variant">
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:i4>8192046</vt:i4>
-[...17 lines deleted...]
-        <vt:i4>7405574</vt:i4>
+        <vt:i4>458860</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:lpwstr>mailto:admin@aoanjrr.org.au</vt:lpwstr>
+        <vt:lpwstr>mailto:Lisa.Ingerson@health.sa.gov.au</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>COVER SHEET - JOINT DATA FORMS</dc:title>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:title>FOR.S8.5 Joint Data Forms Coversheet</dc:title>
+  <dc:creator>Ann Tomkins</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100A81BB3D78F93F14BA868E1DCCADE3CE5</vt:lpwstr>
+    <vt:lpwstr>0x0101000EF88FC2CAD613488C135573813F3D3F00F99A522C1789314DB58B2DD010D99D9700747937048E7DC74296D8C855EB4344F4</vt:lpwstr>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="GrammarlyDocumentId">
-    <vt:lpwstr>f30f923e-71be-4920-aa64-98714660dd09</vt:lpwstr>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="mde669cd725046ba8a68c18fe23d1618">
+    <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MediaServiceImageTags">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Topic">
+    <vt:lpwstr>240;#General Administration|3b254bc7-a2d6-4771-a2ec-98b0b3681c55</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Name of sender">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="a0499cb44bfc4ebfbe0f8b00d085d3b3">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Organisation">
+    <vt:lpwstr>198;#Australian Orthopaedic Association - National Joint Replacement Registry|20702867-872a-4a93-baca-3bbbf14adeeb</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Product">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Document Type">
+    <vt:lpwstr>13;#Manual|cf1343c1-da7e-4e1f-a11b-ee13d5fd72f5</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="oae7135fe6ba410da9cab764a5d8aa02">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Organisation, Institute, Committee">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="PromotionID">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="l197c1a831084a1bb2460b6ca571f0f6">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="m144b01c36414e3fb876ccef9e697373">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Report Type">
+    <vt:lpwstr>Annual Report</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Authors">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Title of Manuscript">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Ethics Committee">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="g73e8a0891ba4ef3b1a7a31885f00c07">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="b2354de7539d45dda28ca1a6e9018e3f">
+    <vt:lpwstr>Team Administration|4333e99c-7287-4cb2-b502-49102da4d6c6</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="jf85f7d7c2aa4b53aec1efe99bca0618">
+    <vt:lpwstr>Form|de4d733b-7311-421a-acc3-644de1c44112</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="c2ceacc7981442aead43a17efe01faf8">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="i305f1536da646e38c0211631745230e">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="TaxCatchAll">
+    <vt:lpwstr>229;#Team Administration|4333e99c-7287-4cb2-b502-49102da4d6c6;#21;#Form|de4d733b-7311-421a-acc3-644de1c44112</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Type of Material">
+    <vt:lpwstr>Internal Slide</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Advert Status">
+    <vt:lpwstr>In progress</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Source of Paper">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="b2ec3961ef8a434cabcd7d1f26f49544">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Year Published">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="o7127b5d03554b638060c20422e95434">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="fa6c4b2a04ae4ce38df3170acd86379f">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Journal Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="n64c3170228248c1b8592e2c45565c7d">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Protocol Category">
     <vt:lpwstr/>
   </property>
 </Properties>
 </file>