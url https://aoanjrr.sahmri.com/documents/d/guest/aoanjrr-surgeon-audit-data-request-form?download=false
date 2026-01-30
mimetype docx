--- v0 (2025-11-01)
+++ v1 (2026-01-30)
@@ -19,68 +19,68 @@
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5742980E" w14:textId="592AA8EE" w:rsidR="008D46C5" w:rsidRPr="00FF62B9" w:rsidRDefault="00286786" w:rsidP="005E5491">
+    <w:p w14:paraId="5742980E" w14:textId="010ACC4A" w:rsidR="008D46C5" w:rsidRPr="00FF62B9" w:rsidRDefault="00286786" w:rsidP="005E5491">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">DRAFT </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008D46C5" w:rsidRPr="00FF62B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>INDIVIDUAL SURGEON AUDIT</w:t>
       </w:r>
       <w:r w:rsidR="00926BAD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7281F011" w14:textId="22E8577C" w:rsidR="00B34A0B" w:rsidRDefault="00EA50E6" w:rsidP="005E5491">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1095,143 +1095,141 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk63160467"/>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Date of Request  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A970A2A" w14:textId="2BEB27D9" w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="005E5491">
+          <w:p w14:paraId="1A970A2A" w14:textId="2BEB27D9" w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="005E5491">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                   <w:sz w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1043596229"/>
                 <w:placeholder>
                   <w:docPart w:val="72F8B1AD836A478094B93C9F7FD25BE7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2F6D9F3C" w14:textId="43397C3D" w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w:rsidRDefault="00E51D19" w:rsidP="005E5491">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Date Information Required by</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3036" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="426AF2B5" w14:textId="44EA6C23" w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="005E5491">
+          <w:p w14:paraId="426AF2B5" w14:textId="44EA6C23" w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="005E5491">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                   <w:sz w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-346174037"/>
                 <w:placeholder>
                   <w:docPart w:val="D2E3635F0FA34FDFAF6553075FF4F1C4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w14:paraId="1763EE8C" w14:textId="77777777" w:rsidTr="00527C59">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2621" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1763EE8A" w14:textId="51628412" w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w:rsidRDefault="004C3B2D" w:rsidP="005E5491">
@@ -1257,74 +1255,73 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Request</w:t>
             </w:r>
             <w:r w:rsidR="00CA4007" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">ing Surgeon </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7314" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763EE8B" w14:textId="0FA373C2" w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="005E5491">
+          <w:p w14:paraId="1763EE8B" w14:textId="0FA373C2" w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="005E5491">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                   <w:sz w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1733117062"/>
                 <w:placeholder>
                   <w:docPart w:val="1F45A30AD5CF44AAB86E92A439F5EB8B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CA4007" w:rsidRPr="00FF62B9" w14:paraId="742DE76F" w14:textId="77777777" w:rsidTr="00527C59">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2621" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4DBC4495" w14:textId="5D5FDBF3" w:rsidR="00CA4007" w:rsidRPr="00FF62B9" w:rsidDel="00CA4007" w:rsidRDefault="004C3B2D" w:rsidP="005E5491">
@@ -1332,74 +1329,73 @@
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Address</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7314" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48E42A0D" w14:textId="04B05297" w:rsidR="004C3B2D" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="004C3B2D">
+          <w:p w14:paraId="48E42A0D" w14:textId="04B05297" w:rsidR="004C3B2D" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="004C3B2D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                   <w:sz w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1394078682"/>
                 <w:placeholder>
                   <w:docPart w:val="1C6EBCF9BC8D45DE84B71DDC003CF357"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A9FEC02" w14:textId="7B5D2572" w:rsidR="00CA4007" w:rsidRPr="00FF62B9" w:rsidRDefault="00CA4007" w:rsidP="005E5491">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
@@ -1422,143 +1418,141 @@
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2346" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763EE91" w14:textId="1FA49B0A" w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="005E5491">
+          <w:p w14:paraId="1763EE91" w14:textId="1FA49B0A" w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="005E5491">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                   <w:sz w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1338271785"/>
                 <w:placeholder>
                   <w:docPart w:val="3202D80762C14AC398431145FB5E51F3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1932" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1763EE92" w14:textId="50E9FF07" w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w:rsidRDefault="00E51D19" w:rsidP="005E5491">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3036" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763EE93" w14:textId="1AA411D8" w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="005E5491">
+          <w:p w14:paraId="1763EE93" w14:textId="1AA411D8" w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="005E5491">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                   <w:sz w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-398142512"/>
                 <w:placeholder>
                   <w:docPart w:val="8702C1DC902C4882AF070DDF06327A4C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w14:paraId="1763EE97" w14:textId="77777777" w:rsidTr="00527C59">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2621" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2756552D" w14:textId="77777777" w:rsidR="00843092" w:rsidRPr="00FF62B9" w:rsidRDefault="00843092" w:rsidP="00843092">
@@ -1611,74 +1605,73 @@
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">s an </w:t>
             </w:r>
             <w:r w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Institution / Organisation email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7314" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763EE96" w14:textId="1043EFD1" w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="005E5491">
+          <w:p w14:paraId="1763EE96" w14:textId="1043EFD1" w:rsidR="00E51D19" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="005E5491">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                   <w:sz w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-849947944"/>
                 <w:placeholder>
                   <w:docPart w:val="268AEC8A430143DF85D8BABFF9CE0B30"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="1"/>
       <w:tr w:rsidR="00D740FF" w14:paraId="23EA9B3B" w14:textId="77777777" w:rsidTr="00D740FF">
         <w:trPr>
           <w:trHeight w:val="429"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2621" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
@@ -2018,138 +2011,134 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>report</w:t>
             </w:r>
             <w:r w:rsidRPr="00CC2542">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6641D74F" w14:textId="42C3EA02" w:rsidR="005B2C7C" w:rsidRDefault="00726956" w:rsidP="005B2C7C">
+          <w:p w14:paraId="6641D74F" w14:textId="42C3EA02" w:rsidR="005B2C7C" w:rsidRDefault="00000000" w:rsidP="005B2C7C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="712859477"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005B2C7C">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005B2C7C" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="26FD60FE" w14:textId="77777777" w:rsidR="005B2C7C" w:rsidRDefault="005B2C7C" w:rsidP="005B2C7C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06EDE205" w14:textId="77777777" w:rsidR="005B2C7C" w:rsidRDefault="00726956" w:rsidP="005B2C7C">
+          <w:p w14:paraId="06EDE205" w14:textId="77777777" w:rsidR="005B2C7C" w:rsidRDefault="00000000" w:rsidP="005B2C7C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2011984662"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="005B2C7C" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005B2C7C" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> No</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6F049801" w14:textId="77777777" w:rsidR="005B2C7C" w:rsidRDefault="005B2C7C" w:rsidP="005B2C7C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
@@ -2182,51 +2171,50 @@
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="945972589"/>
                 <w:placeholder>
                   <w:docPart w:val="8C8B90C0F4594BF28B56B8D176E65FDA"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00950CD2" w14:paraId="5F67E41B" w14:textId="77777777" w:rsidTr="00A73170">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
@@ -2258,76 +2246,74 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>select</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> the reason for your request. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01579486" w14:textId="01F326C1" w:rsidR="00D0225F" w:rsidRDefault="00726956" w:rsidP="00D740FF">
+          <w:p w14:paraId="01579486" w14:textId="01F326C1" w:rsidR="00D0225F" w:rsidRDefault="00000000" w:rsidP="00D740FF">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1246611814"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00D0225F">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="005F7605">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00A73170" w:rsidRPr="00A73170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1. </w:t>
             </w:r>
@@ -2345,137 +2331,135 @@
               </w:rPr>
               <w:t xml:space="preserve"> Dates</w:t>
             </w:r>
             <w:r w:rsidR="00C139DB" w:rsidRPr="00A73170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">                  </w:t>
             </w:r>
             <w:r w:rsidR="00A46652" w:rsidRPr="00A73170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
             <w:r w:rsidR="005F7605">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1925F9B7" w14:textId="142DA692" w:rsidR="00950CD2" w:rsidRPr="00A73170" w:rsidRDefault="00726956" w:rsidP="00D740FF">
+          <w:p w14:paraId="1925F9B7" w14:textId="142DA692" w:rsidR="00950CD2" w:rsidRPr="00A73170" w:rsidRDefault="00000000" w:rsidP="00D740FF">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1957252944"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004A4C07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D0225F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A73170" w:rsidRPr="00A73170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">2. </w:t>
             </w:r>
             <w:r w:rsidR="00A46652" w:rsidRPr="00A73170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Hospital-Specific Data             </w:t>
             </w:r>
             <w:r w:rsidR="00C139DB" w:rsidRPr="00A73170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">                          </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EACCFA3" w14:textId="5D799A3F" w:rsidR="00A73170" w:rsidRPr="00A73170" w:rsidRDefault="00726956" w:rsidP="00D740FF">
+          <w:p w14:paraId="3EACCFA3" w14:textId="5D799A3F" w:rsidR="00A73170" w:rsidRPr="00A73170" w:rsidRDefault="00000000" w:rsidP="00D740FF">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="579640519"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004A4C07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D0225F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A73170" w:rsidRPr="00A73170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">3. Joint-specific data </w:t>
@@ -2486,144 +2470,141 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">                         </w:t>
             </w:r>
             <w:r w:rsidR="00D0225F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1803065253"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004A4C07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D0225F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A73170" w:rsidRPr="00A73170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>4. Data for Practice Change</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="546EE3DF" w14:textId="7ED3C594" w:rsidR="00A73170" w:rsidRPr="00A46652" w:rsidRDefault="00726956" w:rsidP="00D740FF">
+          <w:p w14:paraId="546EE3DF" w14:textId="7ED3C594" w:rsidR="00A73170" w:rsidRPr="00A46652" w:rsidRDefault="00000000" w:rsidP="00D740FF">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="819086401"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="004A4C07">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00D0225F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00A73170" w:rsidRPr="00A73170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>5. Non-AOA Member</w:t>
             </w:r>
             <w:r w:rsidR="00A73170">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">            </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4111" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3D28C059" w14:textId="12C59626" w:rsidR="00950CD2" w:rsidRPr="00A73170" w:rsidRDefault="00950CD2" w:rsidP="00D740FF">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C29C7" w:rsidRPr="00E434A5" w14:paraId="0BB86C64" w14:textId="77777777" w:rsidTr="00027AA5">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
@@ -2644,100 +2625,97 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>P</w:t>
             </w:r>
             <w:r w:rsidR="00080AC5" w:rsidRPr="00080AC5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>lease provide a summary of the specific details of the data required.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4F9DC7D3" w14:textId="1FA2FB78" w:rsidR="007C29C7" w:rsidRDefault="00726956" w:rsidP="00441DE6">
+          <w:p w14:paraId="4F9DC7D3" w14:textId="1FA2FB78" w:rsidR="007C29C7" w:rsidRDefault="00000000" w:rsidP="00441DE6">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-791668568"/>
                 <w:placeholder>
                   <w:docPart w:val="1FCB097349884032B0250C42AA971570"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0091625B" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7307C25D" w14:textId="77777777" w:rsidR="007C29C7" w:rsidRDefault="007C29C7" w:rsidP="00441DE6">
             <w:pPr>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="69918A7A" w14:textId="77777777" w:rsidR="00D740FF" w:rsidRDefault="00D740FF" w:rsidP="00527C59">
       <w:pPr>
         <w:spacing w:before="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="57042D30" w14:textId="17457C71" w:rsidR="009F1032" w:rsidRPr="00FF62B9" w:rsidRDefault="00480CAB" w:rsidP="00527C59">
@@ -2871,76 +2849,75 @@
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">Please provide details of </w:t>
       </w:r>
       <w:r w:rsidR="009F1032">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t xml:space="preserve">the </w:t>
       </w:r>
       <w:r w:rsidRPr="00FF62B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>intended use of the requested data</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42E34887" w14:textId="5DB7C244" w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="00DF435D">
+    <w:p w14:paraId="42E34887" w14:textId="5DB7C244" w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="00DF435D">
       <w:pPr>
         <w:spacing w:before="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
             <w:sz w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:rPr>
           <w:id w:val="948126194"/>
           <w:placeholder>
             <w:docPart w:val="B4F472B8B15F420BAE99D1F68D7A4F91"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text w:multiLine="1"/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CBC849B" w14:textId="1AB71811" w:rsidR="00820BC2" w:rsidRPr="00FF62B9" w:rsidRDefault="00085D17" w:rsidP="00342BB2">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:rPr>
@@ -2961,94 +2938,92 @@
       </w:r>
       <w:r w:rsidR="00820BC2" w:rsidRPr="00FF62B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Date from </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
             <w:sz w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:rPr>
           <w:id w:val="-898819167"/>
           <w:placeholder>
             <w:docPart w:val="BE5A56FD4B9E40CCBF79B74F1E57E8A9"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text w:multiLine="1"/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004C3B2D" w:rsidRPr="00FF62B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00820BC2" w:rsidRPr="00FF62B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Date To </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
             <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
             <w:sz w:val="20"/>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
           </w:rPr>
           <w:id w:val="-1532954700"/>
           <w:placeholder>
             <w:docPart w:val="27CE89ADCA5746FBB47846E1C47BC020"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text w:multiLine="1"/>
         </w:sdtPr>
-        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
               <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w14:paraId="36680D1C" w14:textId="6546F339" w:rsidR="00226B1A" w:rsidRPr="00FF62B9" w:rsidRDefault="00226B1A" w:rsidP="00DF435D">
       <w:pPr>
         <w:spacing w:before="240"/>
         <w:ind w:left="1087" w:hanging="1087"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FF62B9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3105,338 +3080,329 @@
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Procedures</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w14:paraId="4C776358" w14:textId="77777777" w:rsidTr="00527C59">
         <w:trPr>
           <w:trHeight w:val="1137"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7048E850" w14:textId="5F483C4E" w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="00B34A0B">
+          <w:p w14:paraId="7048E850" w14:textId="5F483C4E" w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="00B34A0B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-327446858"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D36EF" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Primary</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2F911E3F" w14:textId="7BA03237" w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="00B34A0B">
+          <w:p w14:paraId="2F911E3F" w14:textId="7BA03237" w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="00B34A0B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-427508995"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D36EF" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Revision</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12212374" w14:textId="0810CAC0" w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="00085D17">
+          <w:p w14:paraId="12212374" w14:textId="0810CAC0" w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="00085D17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-373313201"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D36EF" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Hip</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1C59E6D8" w14:textId="77777777" w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w:rsidRDefault="007D36EF" w:rsidP="00085D17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="126518FC" w14:textId="6558C1ED" w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="00085D17">
+          <w:p w14:paraId="126518FC" w14:textId="6558C1ED" w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="00085D17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="243082348"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D36EF" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Knee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6378" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C5951A8" w14:textId="450857C8" w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="00085D17">
+          <w:p w14:paraId="1C5951A8" w14:textId="450857C8" w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="00085D17">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="841516507"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D36EF" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Shoulder</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1E0F4FDC" w14:textId="53FCD086" w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="00CA6E8B">
+          <w:p w14:paraId="1E0F4FDC" w14:textId="53FCD086" w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="00CA6E8B">
             <w:pPr>
               <w:spacing w:before="240" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-667471325"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D36EF" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Other </w:t>
             </w:r>
@@ -3471,51 +3437,50 @@
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="007D36EF" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                   <w:sz w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-360823550"/>
                 <w:placeholder>
                   <w:docPart w:val="1A850E0C37DA436DAA8CD1465DBD9BB3"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w14:paraId="59FAF053" w14:textId="77777777" w:rsidTr="00527C59">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3525,123 +3490,120 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Prostheses</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00085D17" w:rsidRPr="00FF62B9" w14:paraId="302C713B" w14:textId="77777777" w:rsidTr="00527C59">
         <w:trPr>
           <w:trHeight w:val="1156"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50F100BA" w14:textId="4FFF24CA" w:rsidR="00085D17" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="00B34A0B">
+          <w:p w14:paraId="50F100BA" w14:textId="4FFF24CA" w:rsidR="00085D17" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="00B34A0B">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-159859626"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="00085D17" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">All Prostheses </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="58E6FAB2" w14:textId="0B746995" w:rsidR="00085D17" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="00527C59">
+          <w:p w14:paraId="58E6FAB2" w14:textId="0B746995" w:rsidR="00085D17" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="00527C59">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1025597957"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00085D17" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  Specific Prostheses </w:t>
             </w:r>
             <w:r w:rsidR="004C3B2D" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -3659,51 +3621,50 @@
               <w:t>)</w:t>
             </w:r>
             <w:r w:rsidR="00085D17" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                   <w:sz w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1557692148"/>
                 <w:placeholder>
                   <w:docPart w:val="02A07E3BE6814D5885B73627FEF0BA26"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w14:paraId="4EF28C6E" w14:textId="77777777" w:rsidTr="00527C59">
         <w:trPr>
           <w:trHeight w:val="418"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
@@ -3714,117 +3675,114 @@
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:smallCaps/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>HOSPITALS</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00085D17" w:rsidRPr="00FF62B9" w14:paraId="5F8C9078" w14:textId="77777777" w:rsidTr="00527C59">
         <w:trPr>
           <w:trHeight w:val="1156"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A022AE8" w14:textId="53A5168D" w:rsidR="00085D17" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="00F51CAD">
+          <w:p w14:paraId="4A022AE8" w14:textId="53A5168D" w:rsidR="00085D17" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="00F51CAD">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-346867519"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CD2832" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00085D17" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  All Hospitals </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="647B0C1D" w14:textId="19F1D59F" w:rsidR="00085D17" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="00DF435D">
+          <w:p w14:paraId="647B0C1D" w14:textId="19F1D59F" w:rsidR="00085D17" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="00DF435D">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-78440597"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00DF435D" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00085D17" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Specific hospitals </w:t>
             </w:r>
             <w:r w:rsidR="008D46C5" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
@@ -3832,51 +3790,50 @@
               <w:t>(please detail)</w:t>
             </w:r>
             <w:r w:rsidR="00085D17" w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                   <w:sz w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-473140783"/>
                 <w:placeholder>
                   <w:docPart w:val="80B8F2B1EEDF4004B97BC0E94D3029EC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007D36EF" w:rsidRPr="00FF62B9" w14:paraId="2BB20835" w14:textId="77777777" w:rsidTr="00527C59">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
           <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
@@ -3927,76 +3884,74 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FF62B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>please specify</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00085D17" w:rsidRPr="00FF62B9" w14:paraId="37045EAA" w14:textId="77777777" w:rsidTr="00527C59">
         <w:trPr>
           <w:trHeight w:val="696"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9781" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB2160A" w14:textId="2FBC1C2F" w:rsidR="00085D17" w:rsidRPr="00FF62B9" w:rsidRDefault="00726956" w:rsidP="008D46C5">
+          <w:p w14:paraId="5CB2160A" w14:textId="2FBC1C2F" w:rsidR="00085D17" w:rsidRPr="00FF62B9" w:rsidRDefault="00000000" w:rsidP="008D46C5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
                   <w:sz w:val="20"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1018808389"/>
                 <w:placeholder>
                   <w:docPart w:val="C38D13E102124C27811F0B6AC08EDE64"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CF6FE9" w:rsidRPr="00FF62B9">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="253C40D6" w14:textId="77777777" w:rsidR="005E5491" w:rsidRPr="00FF62B9" w:rsidRDefault="005E5491" w:rsidP="005E5491">
       <w:pPr>
         <w:ind w:hanging="1087"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -4055,58 +4010,58 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="005E1DC0" w:rsidRPr="00FF62B9" w:rsidSect="00527C59">
       <w:headerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1247" w:right="1021" w:bottom="568" w:left="1021" w:header="499" w:footer="567" w:gutter="0"/>
       <w:pgNumType w:fmt="numberInDash"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="43D7DD36" w14:textId="77777777" w:rsidR="0037282E" w:rsidRDefault="0037282E">
+    <w:p w14:paraId="615DA00E" w14:textId="77777777" w:rsidR="00786478" w:rsidRDefault="00786478">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1198BE07" w14:textId="77777777" w:rsidR="0037282E" w:rsidRDefault="0037282E">
+    <w:p w14:paraId="1D826DDA" w14:textId="77777777" w:rsidR="00786478" w:rsidRDefault="00786478">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
@@ -4665,58 +4620,58 @@
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:t xml:space="preserve"> April 2025</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="42AFA5EC" w14:textId="56A5B0A1" w:rsidR="00B34A0B" w:rsidRPr="00E5632C" w:rsidRDefault="00B34A0B" w:rsidP="00E72626">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="140"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1BF7E57C" w14:textId="77777777" w:rsidR="0037282E" w:rsidRDefault="0037282E">
+    <w:p w14:paraId="1ED50301" w14:textId="77777777" w:rsidR="00786478" w:rsidRDefault="00786478">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="736B271A" w14:textId="77777777" w:rsidR="0037282E" w:rsidRDefault="0037282E">
+    <w:p w14:paraId="10866B9C" w14:textId="77777777" w:rsidR="00786478" w:rsidRDefault="00786478">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7CEDA1E0" w14:textId="57F2EE66" w:rsidR="00B34A0B" w:rsidRPr="00226B1A" w:rsidRDefault="00B34A0B" w:rsidP="00226B1A">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00226B1A">
       <w:rPr>
         <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
@@ -8762,50 +8717,51 @@
     <w:rsid w:val="00360541"/>
     <w:rsid w:val="0036568D"/>
     <w:rsid w:val="003667F1"/>
     <w:rsid w:val="0036791F"/>
     <w:rsid w:val="0037282E"/>
     <w:rsid w:val="003743B1"/>
     <w:rsid w:val="00374565"/>
     <w:rsid w:val="003778C0"/>
     <w:rsid w:val="003813B2"/>
     <w:rsid w:val="0038191D"/>
     <w:rsid w:val="00382229"/>
     <w:rsid w:val="003863BC"/>
     <w:rsid w:val="003879CC"/>
     <w:rsid w:val="003A23D3"/>
     <w:rsid w:val="003A47D2"/>
     <w:rsid w:val="003A674D"/>
     <w:rsid w:val="003B0673"/>
     <w:rsid w:val="003B45BF"/>
     <w:rsid w:val="003B5161"/>
     <w:rsid w:val="003B7BFA"/>
     <w:rsid w:val="003C4789"/>
     <w:rsid w:val="003C70AB"/>
     <w:rsid w:val="003C71DE"/>
     <w:rsid w:val="003C778F"/>
     <w:rsid w:val="003D15F9"/>
+    <w:rsid w:val="003D20A0"/>
     <w:rsid w:val="003D2D47"/>
     <w:rsid w:val="003D31A5"/>
     <w:rsid w:val="003D4974"/>
     <w:rsid w:val="003E0B4C"/>
     <w:rsid w:val="003E29D0"/>
     <w:rsid w:val="003E71FF"/>
     <w:rsid w:val="003F24C0"/>
     <w:rsid w:val="004040F4"/>
     <w:rsid w:val="004045B8"/>
     <w:rsid w:val="00404718"/>
     <w:rsid w:val="004064CF"/>
     <w:rsid w:val="004065D1"/>
     <w:rsid w:val="0040797D"/>
     <w:rsid w:val="004128AF"/>
     <w:rsid w:val="00413A58"/>
     <w:rsid w:val="004144EC"/>
     <w:rsid w:val="00416038"/>
     <w:rsid w:val="00417D80"/>
     <w:rsid w:val="00420E51"/>
     <w:rsid w:val="004219E5"/>
     <w:rsid w:val="004228F0"/>
     <w:rsid w:val="0042561C"/>
     <w:rsid w:val="0043156D"/>
     <w:rsid w:val="0043235C"/>
     <w:rsid w:val="00435437"/>
@@ -8934,50 +8890,51 @@
     <w:rsid w:val="006E2EA8"/>
     <w:rsid w:val="006E5645"/>
     <w:rsid w:val="006F2B80"/>
     <w:rsid w:val="006F483E"/>
     <w:rsid w:val="006F7846"/>
     <w:rsid w:val="00704372"/>
     <w:rsid w:val="007051E4"/>
     <w:rsid w:val="00706036"/>
     <w:rsid w:val="00706AD7"/>
     <w:rsid w:val="007076BB"/>
     <w:rsid w:val="00707EF0"/>
     <w:rsid w:val="00726956"/>
     <w:rsid w:val="00731BD4"/>
     <w:rsid w:val="00732E02"/>
     <w:rsid w:val="007356A6"/>
     <w:rsid w:val="00736991"/>
     <w:rsid w:val="00737D5C"/>
     <w:rsid w:val="0074531E"/>
     <w:rsid w:val="007514AF"/>
     <w:rsid w:val="00757F39"/>
     <w:rsid w:val="007601B2"/>
     <w:rsid w:val="007667F8"/>
     <w:rsid w:val="00766FF1"/>
     <w:rsid w:val="007720EB"/>
     <w:rsid w:val="007828D7"/>
+    <w:rsid w:val="00786478"/>
     <w:rsid w:val="00790717"/>
     <w:rsid w:val="00790B8A"/>
     <w:rsid w:val="00794119"/>
     <w:rsid w:val="00795ECF"/>
     <w:rsid w:val="007A0AA4"/>
     <w:rsid w:val="007A15D2"/>
     <w:rsid w:val="007A552C"/>
     <w:rsid w:val="007A66EC"/>
     <w:rsid w:val="007B0701"/>
     <w:rsid w:val="007B18C6"/>
     <w:rsid w:val="007C11BD"/>
     <w:rsid w:val="007C29C7"/>
     <w:rsid w:val="007C3A7C"/>
     <w:rsid w:val="007C534B"/>
     <w:rsid w:val="007D36EF"/>
     <w:rsid w:val="007D4366"/>
     <w:rsid w:val="007D4483"/>
     <w:rsid w:val="007D7DEB"/>
     <w:rsid w:val="007E060A"/>
     <w:rsid w:val="007E0F6A"/>
     <w:rsid w:val="007E1A4B"/>
     <w:rsid w:val="007F0380"/>
     <w:rsid w:val="007F0AC2"/>
     <w:rsid w:val="007F5584"/>
     <w:rsid w:val="007F572A"/>
@@ -9058,50 +9015,51 @@
     <w:rsid w:val="00934088"/>
     <w:rsid w:val="00942F33"/>
     <w:rsid w:val="0094362D"/>
     <w:rsid w:val="00945CD6"/>
     <w:rsid w:val="00945DA5"/>
     <w:rsid w:val="00946828"/>
     <w:rsid w:val="00946C34"/>
     <w:rsid w:val="009470BA"/>
     <w:rsid w:val="00947505"/>
     <w:rsid w:val="00950CD2"/>
     <w:rsid w:val="0095465B"/>
     <w:rsid w:val="00954A23"/>
     <w:rsid w:val="009601D4"/>
     <w:rsid w:val="00962098"/>
     <w:rsid w:val="00962570"/>
     <w:rsid w:val="009659A1"/>
     <w:rsid w:val="00966B23"/>
     <w:rsid w:val="0097096E"/>
     <w:rsid w:val="009711B1"/>
     <w:rsid w:val="00972318"/>
     <w:rsid w:val="00976166"/>
     <w:rsid w:val="0098341C"/>
     <w:rsid w:val="00983CDE"/>
     <w:rsid w:val="0099227B"/>
     <w:rsid w:val="0099356B"/>
+    <w:rsid w:val="00996730"/>
     <w:rsid w:val="009A0DC7"/>
     <w:rsid w:val="009A1413"/>
     <w:rsid w:val="009A214F"/>
     <w:rsid w:val="009A2151"/>
     <w:rsid w:val="009A3326"/>
     <w:rsid w:val="009A4D00"/>
     <w:rsid w:val="009A54AE"/>
     <w:rsid w:val="009B087C"/>
     <w:rsid w:val="009B2E3D"/>
     <w:rsid w:val="009B2F34"/>
     <w:rsid w:val="009C2B4B"/>
     <w:rsid w:val="009D715C"/>
     <w:rsid w:val="009D7BC1"/>
     <w:rsid w:val="009D7DF1"/>
     <w:rsid w:val="009E4A09"/>
     <w:rsid w:val="009E662E"/>
     <w:rsid w:val="009F1032"/>
     <w:rsid w:val="009F357F"/>
     <w:rsid w:val="009F6E58"/>
     <w:rsid w:val="009F77E3"/>
     <w:rsid w:val="00A062B3"/>
     <w:rsid w:val="00A06FCD"/>
     <w:rsid w:val="00A10F65"/>
     <w:rsid w:val="00A114D1"/>
     <w:rsid w:val="00A15468"/>
@@ -10919,70 +10877,72 @@
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F024E6"/>
+    <w:rsid w:val="00047D21"/>
     <w:rsid w:val="00183B73"/>
     <w:rsid w:val="001D7850"/>
     <w:rsid w:val="001E6F6D"/>
     <w:rsid w:val="0022711B"/>
     <w:rsid w:val="0035546D"/>
     <w:rsid w:val="004143A1"/>
     <w:rsid w:val="00436EEF"/>
     <w:rsid w:val="0043786B"/>
     <w:rsid w:val="00466536"/>
     <w:rsid w:val="004920CE"/>
     <w:rsid w:val="004A2B80"/>
     <w:rsid w:val="00520314"/>
     <w:rsid w:val="00565700"/>
     <w:rsid w:val="006173F5"/>
     <w:rsid w:val="00632A36"/>
     <w:rsid w:val="006C6A34"/>
     <w:rsid w:val="007828D7"/>
     <w:rsid w:val="00816B79"/>
     <w:rsid w:val="00862E47"/>
     <w:rsid w:val="008B2659"/>
+    <w:rsid w:val="00996730"/>
     <w:rsid w:val="00B022AB"/>
     <w:rsid w:val="00CA0D50"/>
     <w:rsid w:val="00CA102F"/>
     <w:rsid w:val="00CF7021"/>
     <w:rsid w:val="00EB263C"/>
     <w:rsid w:val="00EE40A6"/>
     <w:rsid w:val="00F024E6"/>
     <w:rsid w:val="00F34A5F"/>
     <w:rsid w:val="00F35C70"/>
     <w:rsid w:val="00F467C2"/>
     <w:rsid w:val="00F534F7"/>
     <w:rsid w:val="00F735F6"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
@@ -11806,117 +11766,63 @@
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="1b11fbce-e9a9-4425-b85e-38f464aebd8d" ContentTypeId="0x0101000EF88FC2CAD613488C135573813F3D3F" PreviousValue="false"/>
-[...3 lines deleted...]
-<?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="1b11fbce-e9a9-4425-b85e-38f464aebd8d" ContentTypeId="0x0101000EF88FC2CAD613488C135573813F3D3F" PreviousValue="false"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...49 lines deleted...]
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Australian Orthopaedic Association (Default CT)" ma:contentTypeID="0x0101000EF88FC2CAD613488C135573813F3D3F00F99A522C1789314DB58B2DD010D99D9700747937048E7DC74296D8C855EB4344F4" ma:contentTypeVersion="30" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="1e8a40758e57a691da2c51f0e22c388f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="dcb029e4-eef8-41c2-b872-e5fb0338e987" xmlns:ns3="bcb65962-6466-4eb5-978e-af5ddf4eee47" xmlns:ns4="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1f96a88c2df0d804fad86776473c140e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="dcb029e4-eef8-41c2-b872-e5fb0338e987"/>
     <xsd:import namespace="bcb65962-6466-4eb5-978e-af5ddf4eee47"/>
     <xsd:import namespace="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:jf85f7d7c2aa4b53aec1efe99bca0618" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:b2354de7539d45dda28ca1a6e9018e3f" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:Calendar_x0020_Year" minOccurs="0"/>
                 <xsd:element ref="ns2:Meeting_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns4:c2ceacc7981442aead43a17efe01faf8" minOccurs="0"/>
                 <xsd:element ref="ns4:g73e8a0891ba4ef3b1a7a31885f00c07" minOccurs="0"/>
                 <xsd:element ref="ns4:Stakeholder_x0020_Group" minOccurs="0"/>
                 <xsd:element ref="ns2:a0499cb44bfc4ebfbe0f8b00d085d3b3" minOccurs="0"/>
                 <xsd:element ref="ns4:i305f1536da646e38c0211631745230e" minOccurs="0"/>
@@ -12196,137 +12102,191 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Ad_x0020_Hoc_x0020_Number xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876" xsi:nil="true"/>
+    <i305f1536da646e38c0211631745230e xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876" xsi:nil="true"/>
+    <Conference_x0020_Name xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876">Other</Conference_x0020_Name>
+    <c2ceacc7981442aead43a17efe01faf8 xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </c2ceacc7981442aead43a17efe01faf8>
+    <g73e8a0891ba4ef3b1a7a31885f00c07 xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </g73e8a0891ba4ef3b1a7a31885f00c07>
+    <Calendar_x0020_Year xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876" xsi:nil="true"/>
+    <Stakeholder_x0020_Group xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876">Internal</Stakeholder_x0020_Group>
+    <TaxCatchAll xmlns="dcb029e4-eef8-41c2-b872-e5fb0338e987">
+      <Value>13</Value>
+      <Value>198</Value>
+      <Value>240</Value>
+    </TaxCatchAll>
+    <b2354de7539d45dda28ca1a6e9018e3f xmlns="dcb029e4-eef8-41c2-b872-e5fb0338e987">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">General Administration</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">3b254bc7-a2d6-4771-a2ec-98b0b3681c55</TermId>
+        </TermInfo>
+      </Terms>
+    </b2354de7539d45dda28ca1a6e9018e3f>
+    <jf85f7d7c2aa4b53aec1efe99bca0618 xmlns="dcb029e4-eef8-41c2-b872-e5fb0338e987">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Manual</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">cf1343c1-da7e-4e1f-a11b-ee13d5fd72f5</TermId>
+        </TermInfo>
+      </Terms>
+    </jf85f7d7c2aa4b53aec1efe99bca0618>
+    <a0499cb44bfc4ebfbe0f8b00d085d3b3 xmlns="dcb029e4-eef8-41c2-b872-e5fb0338e987">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+        <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+          <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Australian Orthopaedic Association - National Joint Replacement Registry</TermName>
+          <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">20702867-872a-4a93-baca-3bbbf14adeeb</TermId>
+        </TermInfo>
+      </Terms>
+    </a0499cb44bfc4ebfbe0f8b00d085d3b3>
+    <Meeting_x0020_Date xmlns="dcb029e4-eef8-41c2-b872-e5fb0338e987" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+    <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F187EFE-3758-4DCE-9152-AF5C8823B8F9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DA4D1A12-7202-4242-95CE-71F719B5DD50}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08247D13-8DD9-437E-9C6A-43BC49E7E57C}">
-[...18 lines deleted...]
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{86FFC89B-DBC6-4F03-8227-872185DBB1C6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="dcb029e4-eef8-41c2-b872-e5fb0338e987"/>
     <ds:schemaRef ds:uri="bcb65962-6466-4eb5-978e-af5ddf4eee47"/>
     <ds:schemaRef ds:uri="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52C0A0E1-F310-43ED-AD7D-49D9ED1A0911}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876"/>
+    <ds:schemaRef ds:uri="dcb029e4-eef8-41c2-b872-e5fb0338e987"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08247D13-8DD9-437E-9C6A-43BC49E7E57C}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>809</Words>
-  <Characters>4535</Characters>
+  <Words>861</Words>
+  <Characters>4478</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>137</Lines>
-  <Paragraphs>89</Paragraphs>
+  <Lines>135</Lines>
+  <Paragraphs>88</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>NJRR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5255</CharactersWithSpaces>
+  <CharactersWithSpaces>5251</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>917526</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.dmac.adelaide.edu.au/aoanjrr/publications.jsp</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>6094904</vt:i4>
       </vt:variant>
       <vt:variant>