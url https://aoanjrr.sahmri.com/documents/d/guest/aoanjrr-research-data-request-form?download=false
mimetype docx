--- v0 (2025-12-17)
+++ v1 (2026-02-06)
@@ -1684,126 +1684,289 @@
       </w:r>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9628" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2273"/>
-        <w:gridCol w:w="2540"/>
+        <w:gridCol w:w="2451"/>
+        <w:gridCol w:w="89"/>
         <w:gridCol w:w="1141"/>
         <w:gridCol w:w="731"/>
         <w:gridCol w:w="403"/>
-        <w:gridCol w:w="2540"/>
+        <w:gridCol w:w="88"/>
+        <w:gridCol w:w="2452"/>
       </w:tblGrid>
       <w:tr w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w14:paraId="37421A35" w14:textId="77777777" w:rsidTr="7DDEB7BB">
         <w:trPr>
           <w:trHeight w:val="360"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9628" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:gridSpan w:val="8"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6B04EE97" w14:textId="518DFBC6" w:rsidR="00CC2E98" w:rsidRPr="00CC2E98" w:rsidRDefault="117E7A82" w:rsidP="0088671E">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="7DDEB7BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Principal Requestor </w:t>
             </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E504DB" w:rsidRPr="00E434A5" w14:paraId="55E866A3" w14:textId="77777777" w:rsidTr="00E504DB">
+        <w:trPr>
+          <w:trHeight w:val="544"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D7DA294" w14:textId="18B53D7B" w:rsidR="00E504DB" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date of request</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25BD79FA" w14:textId="2F996415" w:rsidR="00E504DB" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="-1566948303"/>
+                <w:placeholder>
+                  <w:docPart w:val="00920E8A6E374FF1A98A626101DF168B"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2452" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF063B9" w14:textId="42C967DC" w:rsidR="00E504DB" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Information is</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70FD2031" w14:textId="74B86AF7" w:rsidR="00E504DB" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Required by</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2452" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D3080B" w14:textId="54931AC3" w:rsidR="00E504DB" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="1615395978"/>
+                <w:placeholder>
+                  <w:docPart w:val="8B4C9DB9B72E4028B96D9DCE25D4F808"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="6034DABF" w14:textId="77777777" w:rsidTr="7DDEB7BB">
         <w:trPr>
           <w:trHeight w:val="544"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C5EAC76" w14:textId="1588424C" w:rsidR="00FF05D8" w:rsidRDefault="00FF05D8" w:rsidP="00E51D19">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk190353746"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="672DB991" w14:textId="7FFB773A" w:rsidR="00FF05D8" w:rsidRDefault="00247F1A" w:rsidP="00E51D19">
+          <w:p w14:paraId="672DB991" w14:textId="7FFB773A" w:rsidR="00FF05D8" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="2138917265"/>
                 <w:placeholder>
                   <w:docPart w:val="A7284A7092454DF2BC4E819ECF428E8C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -1827,54 +1990,54 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="72B4CF26" w14:textId="3BAC6FB1" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D7BEB4E" w14:textId="0B950FE3" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00FF05D8">
+          <w:p w14:paraId="1D7BEB4E" w14:textId="0B950FE3" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="250481233"/>
                 <w:placeholder>
                   <w:docPart w:val="58B7D991E3EB4DC89645AEC156B83958"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1897,54 +2060,54 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1763EE8D" w14:textId="0B1151B7" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763EE8E" w14:textId="31C240B6" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00FF05D8">
+          <w:p w14:paraId="1763EE8E" w14:textId="31C240B6" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-962496349"/>
                 <w:placeholder>
                   <w:docPart w:val="BDA678901DFB48C8B2012F3D66E284D0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -1967,54 +2130,54 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="37F31F55" w14:textId="68989347" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="000B7E44" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Are you an Orthopaedic Surgeon?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0505E449" w14:textId="000F06E2" w:rsidR="000B7E44" w:rsidRDefault="00247F1A" w:rsidP="00FF05D8">
+          <w:p w14:paraId="0505E449" w14:textId="000F06E2" w:rsidR="000B7E44" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="592987914"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
@@ -2111,53 +2274,54 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1763EE90" w14:textId="32788970" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763EE91" w14:textId="1716FD63" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00FF05D8">
+          <w:p w14:paraId="1763EE91" w14:textId="1716FD63" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1310940706"/>
                 <w:placeholder>
                   <w:docPart w:val="14FF3624BA3C4E64827679CBF0E4D99A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2174,54 +2338,54 @@
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1763EE92" w14:textId="50E9FF07" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763EE93" w14:textId="4939E72A" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00FF05D8">
+          <w:p w14:paraId="1763EE93" w14:textId="4939E72A" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="448898112"/>
                 <w:placeholder>
                   <w:docPart w:val="1204AB4ABFE54EAC8912F2B89C6A0913"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2260,54 +2424,54 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Institutional </w:t>
             </w:r>
             <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
             <w:r w:rsidR="00174035">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763EE96" w14:textId="4EECECB7" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00FF05D8">
+          <w:p w14:paraId="1763EE96" w14:textId="4EECECB7" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1849709329"/>
                 <w:placeholder>
                   <w:docPart w:val="3A22F30557224F83855A01D1FE23F743"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2371,51 +2535,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidR="0005576A" w:rsidRPr="005306B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="349BC674" w14:textId="555B80E9" w:rsidR="00A4385A" w:rsidRDefault="00A4385A" w:rsidP="00A4385A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
@@ -2525,51 +2689,51 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="579890F4" w14:textId="41A5D15D" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="76E756ED" w14:textId="7AAC5C88" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text379"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2637,53 +2801,54 @@
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="23FEC79F" w14:textId="51008325" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12FDB277" w14:textId="5D78BC47" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00FF05D8">
+          <w:p w14:paraId="12FDB277" w14:textId="5D78BC47" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1408728547"/>
                 <w:placeholder>
                   <w:docPart w:val="7928E242298240C093FA9EA565CFDF04"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2795,51 +2960,51 @@
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29C4F93C" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRDefault="00247F1A" w:rsidP="001F0A08">
+          <w:p w14:paraId="29C4F93C" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="134843285"/>
                 <w:placeholder>
                   <w:docPart w:val="6993E41FE6364569BA6DD20FBB6770F8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -2866,51 +3031,51 @@
           <w:p w14:paraId="67179269" w14:textId="068BD0DD" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="006C1BE9" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E58B591" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="001F0A08">
+          <w:p w14:paraId="0E58B591" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-521090547"/>
                 <w:placeholder>
                   <w:docPart w:val="589D101E364C4A4884B913DED9D051A9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2936,51 +3101,51 @@
           <w:p w14:paraId="5FC2563E" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7375FF" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="001F0A08">
+          <w:p w14:paraId="3D7375FF" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1150054862"/>
                 <w:placeholder>
                   <w:docPart w:val="80C407770EA84C29835062298F3FCC7B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3005,51 +3170,51 @@
           </w:tcPr>
           <w:p w14:paraId="557ED03F" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D07E48A" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="001F0A08">
+          <w:p w14:paraId="7D07E48A" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1887748246"/>
                 <w:placeholder>
                   <w:docPart w:val="4195F9DA3E4D4EE3BB7621BCA07B2C43"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3069,51 +3234,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32D7724D" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E48CAAB" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="001F0A08">
+          <w:p w14:paraId="0E48CAAB" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1797286918"/>
                 <w:placeholder>
                   <w:docPart w:val="82F6D4FD7BCC4650B6305A52CB298B04"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3139,51 +3304,51 @@
           <w:p w14:paraId="539355C7" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="564E9825" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="001F0A08">
+          <w:p w14:paraId="564E9825" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="848298272"/>
                 <w:placeholder>
                   <w:docPart w:val="1FE036E21280455B8643F2C60C2F0F51"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3525,51 +3690,51 @@
           </w:tcPr>
           <w:p w14:paraId="64D9E0B2" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="158E00BB" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="001F0A08">
+          <w:p w14:paraId="158E00BB" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1876654584"/>
                 <w:placeholder>
                   <w:docPart w:val="5790B90B214C4C0DAC1A8E7E158ABEF1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3677,51 +3842,51 @@
           </w:tcPr>
           <w:p w14:paraId="50455EEC" w14:textId="77777777" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10575808" w14:textId="2D6E0F57" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00FF05D8">
+          <w:p w14:paraId="10575808" w14:textId="2D6E0F57" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1805389599"/>
                 <w:placeholder>
                   <w:docPart w:val="DAFBC9628B3A4A0B8586C7D592AF150A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3752,51 +3917,51 @@
           </w:tcPr>
           <w:p w14:paraId="79D4F061" w14:textId="77777777" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7916B877" w14:textId="660436AA" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00FF05D8">
+          <w:p w14:paraId="7916B877" w14:textId="660436AA" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-562644334"/>
                 <w:placeholder>
                   <w:docPart w:val="5F19FFA02EE04304ADBDB6AC985445A0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3813,65 +3978,74 @@
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="2F0D035F" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="29C58B43" w14:textId="5AED8B98" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Organisation/Unit</w:t>
+              <w:t>Organisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7C5672" w14:textId="62921BEC" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00FF05D8">
+          <w:p w14:paraId="1A7C5672" w14:textId="62921BEC" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1021157499"/>
                 <w:placeholder>
                   <w:docPart w:val="F29C3A3DC90A48FE9270DED5509B6792"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3892,60 +4066,61 @@
       </w:tr>
       <w:tr w:rsidR="000B7E44" w:rsidRPr="00E434A5" w14:paraId="22534E03" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="619FA71E" w14:textId="4DF6E667" w:rsidR="000B7E44" w:rsidRPr="000B7E44" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00180624">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Are you an Orthopaedic Surgeon?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44DB0B75" w14:textId="1791979D" w:rsidR="000B7E44" w:rsidRPr="005306B9" w:rsidRDefault="00247F1A" w:rsidP="000B7E44">
+          <w:p w14:paraId="44DB0B75" w14:textId="1791979D" w:rsidR="000B7E44" w:rsidRPr="005306B9" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1048579287"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -4051,64 +4226,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Are you an AOA member? </w:t>
             </w:r>
             <w:r w:rsidR="001D66F3" w:rsidRPr="001D66F3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">An </w:t>
             </w:r>
             <w:r w:rsidR="0005576A" w:rsidRPr="007766C6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">AOA </w:t>
-[...12 lines deleted...]
-              <w:t>membership number</w:t>
+              <w:t>AOA membership number</w:t>
             </w:r>
             <w:r w:rsidR="0005576A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> is </w:t>
             </w:r>
             <w:r w:rsidR="0005576A" w:rsidRPr="005306B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>not</w:t>
@@ -4129,51 +4291,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E846F39" w14:textId="2BF9AF7D" w:rsidR="00B91AFE" w:rsidRPr="005306B9" w:rsidRDefault="00B91AFE" w:rsidP="00B91AFE">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0068791D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1671861076"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
@@ -4307,51 +4468,51 @@
           </w:tcPr>
           <w:p w14:paraId="3EB5207F" w14:textId="77777777" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45AC7D7B" w14:textId="667C9302" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00FF05D8">
+          <w:p w14:paraId="45AC7D7B" w14:textId="667C9302" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1770450205"/>
                 <w:placeholder>
                   <w:docPart w:val="0BAD0D7F4BCF46F592C4EFDD7DAE899A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -4382,51 +4543,51 @@
           </w:tcPr>
           <w:p w14:paraId="69415AB9" w14:textId="77777777" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B424952" w14:textId="17ED496B" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00FF05D8">
+          <w:p w14:paraId="0B424952" w14:textId="17ED496B" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-855189856"/>
                 <w:placeholder>
                   <w:docPart w:val="D9F3ADA694B343219018ED9496C93F8B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -4443,65 +4604,74 @@
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="3C867587" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67783310" w14:textId="3AA2EA23" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Organisation/Unit</w:t>
+              <w:t>Organisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="094BD065" w14:textId="74F683F0" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00FF05D8">
+          <w:p w14:paraId="094BD065" w14:textId="74F683F0" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1408958174"/>
                 <w:placeholder>
                   <w:docPart w:val="A69C50628F98400582A0214507BE629A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -4531,51 +4701,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12356217" w14:textId="1AEC2C32" w:rsidR="000B7E44" w:rsidRPr="000B7E44" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00180624">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Are you an Orthopaedic Surgeon?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2500D483" w14:textId="5A8C18B8" w:rsidR="000B7E44" w:rsidRPr="005306B9" w:rsidRDefault="00247F1A" w:rsidP="000B7E44">
+          <w:p w14:paraId="2500D483" w14:textId="5A8C18B8" w:rsidR="000B7E44" w:rsidRPr="005306B9" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1031495252"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -4905,51 +5075,51 @@
           </w:tcPr>
           <w:p w14:paraId="622C0C01" w14:textId="77777777" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED57B86" w14:textId="5782C583" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="000B7E44">
+          <w:p w14:paraId="4ED57B86" w14:textId="5782C583" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="697205068"/>
                 <w:placeholder>
                   <w:docPart w:val="382CE64795A34F508F7CCF971D5A17B6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
@@ -4982,51 +5152,51 @@
           </w:tcPr>
           <w:p w14:paraId="1E313C00" w14:textId="77777777" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61D79D72" w14:textId="4162A003" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="000B7E44">
+          <w:p w14:paraId="61D79D72" w14:textId="4162A003" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1338267289"/>
                 <w:placeholder>
                   <w:docPart w:val="D16B5C0468144514B32110884451FDAD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
@@ -5045,65 +5215,74 @@
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000B7E44" w:rsidRPr="00E434A5" w14:paraId="2D1DFAE6" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="0D3029EE" w14:textId="08047ED9" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Organisation/Unit</w:t>
+              <w:t>Organisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC55A18" w14:textId="6C4AEDCB" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="000B7E44">
+          <w:p w14:paraId="0BC55A18" w14:textId="6C4AEDCB" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1829047478"/>
                 <w:placeholder>
                   <w:docPart w:val="8B1A570EBFAF407B9565C2A560BD35EE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
@@ -5135,51 +5314,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B93625C" w14:textId="486F73A6" w:rsidR="000B7E44" w:rsidRPr="000B7E44" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00180624">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Are you an Orthopaedic Surgeon?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20313AA4" w14:textId="102C79E0" w:rsidR="000B7E44" w:rsidRPr="0068791D" w:rsidRDefault="00247F1A" w:rsidP="000B7E44">
+          <w:p w14:paraId="20313AA4" w14:textId="102C79E0" w:rsidR="000B7E44" w:rsidRPr="0068791D" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-828210670"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -5335,51 +5514,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidR="0005576A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08B33AC6" w14:textId="0411B3D6" w:rsidR="00B91AFE" w:rsidRPr="005306B9" w:rsidRDefault="00247F1A" w:rsidP="00B91AFE">
+          <w:p w14:paraId="08B33AC6" w14:textId="0411B3D6" w:rsidR="00B91AFE" w:rsidRPr="005306B9" w:rsidRDefault="00E504DB" w:rsidP="00B91AFE">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1051814206"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -5495,51 +5674,51 @@
           </w:tcPr>
           <w:p w14:paraId="447D8B1C" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="001A6371" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4E9B59" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00CB0710">
+          <w:p w14:paraId="1F4E9B59" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-539351553"/>
                 <w:placeholder>
                   <w:docPart w:val="CAC6C84E77964A7399A5625BCD7084FC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
@@ -5572,51 +5751,51 @@
           </w:tcPr>
           <w:p w14:paraId="15541566" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="001A6371" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55C596DC" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00CB0710">
+          <w:p w14:paraId="55C596DC" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-226695641"/>
                 <w:placeholder>
                   <w:docPart w:val="9F43BAEEE4224572887558FE4D8DBFE5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
@@ -5635,65 +5814,74 @@
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="001A6371" w:rsidRPr="00E434A5" w14:paraId="1020C2F7" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6D47D462" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="001A6371" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>Organisation/Unit</w:t>
+              <w:t>Organisation</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>/Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77ABAD35" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00CB0710">
+          <w:p w14:paraId="77ABAD35" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-540675690"/>
                 <w:placeholder>
                   <w:docPart w:val="1AFA543383FB4BB2A42F111B4DE3B6C4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
@@ -5725,51 +5913,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53E4492F" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="000B7E44" w:rsidRDefault="001A6371" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00180624">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Are you an Orthopaedic Surgeon?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77D8668A" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="0068791D" w:rsidRDefault="00247F1A" w:rsidP="00CB0710">
+          <w:p w14:paraId="77D8668A" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="0068791D" w:rsidRDefault="00E504DB" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2144184818"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -5925,51 +6113,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9CE3EA" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="005306B9" w:rsidRDefault="00247F1A" w:rsidP="00CB0710">
+          <w:p w14:paraId="6F9CE3EA" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="005306B9" w:rsidRDefault="00E504DB" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="664219101"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -6351,51 +6539,51 @@
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E6F93">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Conference submission</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01D7C13C" w14:textId="0C519A9E" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00AF7515">
+          <w:p w14:paraId="01D7C13C" w14:textId="0C519A9E" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00AF7515">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="2101206992"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -6410,51 +6598,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AF7515" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F006D6B" w14:textId="0BC860C0" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00AF7515">
+          <w:p w14:paraId="1F006D6B" w14:textId="0BC860C0" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00AF7515">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1484353157"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -6508,51 +6696,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E6F93">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Journal publication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A9C82F7" w14:textId="69592279" w:rsidR="007D2F1C" w:rsidRDefault="00247F1A" w:rsidP="007D2F1C">
+          <w:p w14:paraId="0A9C82F7" w14:textId="69592279" w:rsidR="007D2F1C" w:rsidRDefault="00E504DB" w:rsidP="007D2F1C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1832715682"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
@@ -6569,51 +6757,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D2F1C" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3158EFB5" w14:textId="378AA988" w:rsidR="007D2F1C" w:rsidRDefault="00247F1A" w:rsidP="007D2F1C">
+          <w:p w14:paraId="3158EFB5" w14:textId="378AA988" w:rsidR="007D2F1C" w:rsidRDefault="00E504DB" w:rsidP="007D2F1C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1178004631"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
@@ -6692,51 +6880,51 @@
               <w:t xml:space="preserve"> data?</w:t>
             </w:r>
             <w:r w:rsidRPr="005306B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B29232B" w14:textId="768314F1" w:rsidR="007D2F1C" w:rsidRDefault="00247F1A" w:rsidP="007D2F1C">
+          <w:p w14:paraId="0B29232B" w14:textId="768314F1" w:rsidR="007D2F1C" w:rsidRDefault="00E504DB" w:rsidP="007D2F1C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="597215499"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
@@ -6754,51 +6942,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D2F1C" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="525F23AC" w14:textId="77777777" w:rsidR="007D2F1C" w:rsidRDefault="00247F1A" w:rsidP="007D2F1C">
+          <w:p w14:paraId="525F23AC" w14:textId="77777777" w:rsidR="007D2F1C" w:rsidRDefault="00E504DB" w:rsidP="007D2F1C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1993250552"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -6821,51 +7009,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D2F1C" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="0094269C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0094269C" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(please provide details)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4436E610" w14:textId="624FDB1E" w:rsidR="0094269C" w:rsidRDefault="00247F1A" w:rsidP="007D2F1C">
+          <w:p w14:paraId="4436E610" w14:textId="624FDB1E" w:rsidR="0094269C" w:rsidRDefault="00E504DB" w:rsidP="007D2F1C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-192607024"/>
                 <w:placeholder>
                   <w:docPart w:val="FFCB4DBA216F4C07BE95066ECB0202A2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0094269C" w:rsidRPr="00E434A5">
                   <w:rPr>
@@ -6941,51 +7129,51 @@
               <w:t xml:space="preserve">provide specific details of </w:t>
             </w:r>
             <w:r w:rsidRPr="005306B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>the funding.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE7A763" w14:textId="315FEF74" w:rsidR="0035329A" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="0035329A">
+          <w:p w14:paraId="6BE7A763" w14:textId="315FEF74" w:rsidR="0035329A" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="240" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1316918769"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -7005,51 +7193,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0035329A" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="0005576A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0005576A" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(please provide details)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27C36405" w14:textId="78AB9850" w:rsidR="0035329A" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="0035329A">
+          <w:p w14:paraId="27C36405" w14:textId="78AB9850" w:rsidR="0035329A" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1311753518"/>
                 <w:placeholder>
                   <w:docPart w:val="09FBA93197E14B70BFAF8253EB7D4A45"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A" w:rsidRPr="00E434A5">
                   <w:rPr>
@@ -7062,51 +7250,51 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0005576A" w:rsidRPr="00E434A5" w:rsidDel="0005576A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DE0DA2D" w14:textId="38E7B8E1" w:rsidR="0035329A" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="0035329A">
+          <w:p w14:paraId="0DE0DA2D" w14:textId="38E7B8E1" w:rsidR="0035329A" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1771510466"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00506BA6">
@@ -7199,51 +7387,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">is </w:t>
             </w:r>
             <w:r w:rsidRPr="70BAAEE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>combined with another data source.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A696595" w14:textId="49A30E5C" w:rsidR="00F163F4" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00F163F4">
+          <w:p w14:paraId="0A696595" w14:textId="49A30E5C" w:rsidR="00F163F4" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00F163F4">
             <w:pPr>
               <w:spacing w:before="240" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1462761355"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00506BA6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -7283,51 +7471,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(please provide details</w:t>
             </w:r>
             <w:r w:rsidR="00F163F4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> or name of the other registry</w:t>
             </w:r>
             <w:r w:rsidR="00F163F4" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C95CCE5" w14:textId="086AC4AC" w:rsidR="00F163F4" w:rsidRDefault="00247F1A" w:rsidP="00F163F4">
+          <w:p w14:paraId="0C95CCE5" w14:textId="086AC4AC" w:rsidR="00F163F4" w:rsidRDefault="00E504DB" w:rsidP="00F163F4">
             <w:pPr>
               <w:spacing w:before="240" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="180862748"/>
                 <w:placeholder>
                   <w:docPart w:val="0B6D7007088A489F8807E05157206E9D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F163F4" w:rsidRPr="00E434A5">
                   <w:rPr>
@@ -7340,51 +7528,51 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F163F4" w:rsidRPr="00E434A5" w:rsidDel="0005576A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69E21F17" w14:textId="743D584A" w:rsidR="00F163F4" w:rsidRDefault="00247F1A" w:rsidP="00F163F4">
+          <w:p w14:paraId="69E21F17" w14:textId="743D584A" w:rsidR="00F163F4" w:rsidRDefault="00E504DB" w:rsidP="00F163F4">
             <w:pPr>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-294367474"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00506BA6">
@@ -7469,148 +7657,148 @@
                 <w:bCs/>
               </w:rPr>
               <w:t>any</w:t>
             </w:r>
             <w:r w:rsidRPr="002B0DC9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> data provided.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A5F5A7D" w14:textId="5DCD8FEE" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="001A6371">
+          <w:p w14:paraId="0A5F5A7D" w14:textId="5DCD8FEE" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="240" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-232863284"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A6371">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes </w:t>
             </w:r>
             <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(please provide details)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="79F03581" w14:textId="071F34AC" w:rsidR="001A6371" w:rsidRDefault="00247F1A" w:rsidP="001A6371">
+          <w:p w14:paraId="79F03581" w14:textId="071F34AC" w:rsidR="001A6371" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="240" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-93333516"/>
                 <w:placeholder>
                   <w:docPart w:val="5572FD1D7E1B4C5B9B4472AA861C2E0F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0F4189A1" w14:textId="6B2B41A3" w:rsidR="001A6371" w:rsidRDefault="00247F1A" w:rsidP="001A6371">
+          <w:p w14:paraId="0F4189A1" w14:textId="6B2B41A3" w:rsidR="001A6371" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1220284664"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00506BA6">
@@ -7714,138 +7902,138 @@
               </w:rPr>
               <w:t>(I.E. Commercial Interest)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FDAF94B" w14:textId="09D98B30" w:rsidR="001A6371" w:rsidRPr="00A27392" w:rsidRDefault="001A6371" w:rsidP="001A6371">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45BF003C" w14:textId="7C68EEEC" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="001A6371">
+          <w:p w14:paraId="45BF003C" w14:textId="7C68EEEC" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="240" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2060779800"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A6371">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E9AB200" w14:textId="581F59A5" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="001A6371">
+          <w:p w14:paraId="3E9AB200" w14:textId="581F59A5" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="240" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1730644918"/>
                 <w:placeholder>
                   <w:docPart w:val="C02B53845A00473AAF7098CE70DA9170"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EE2EA18" w14:textId="7880B711" w:rsidR="001A6371" w:rsidRDefault="00247F1A" w:rsidP="001A6371">
+          <w:p w14:paraId="3EE2EA18" w14:textId="7880B711" w:rsidR="001A6371" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1311858767"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7868,51 +8056,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="001A6371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(please provide details)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FAB784D" w14:textId="3125CE9E" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="001A6371">
+          <w:p w14:paraId="4FAB784D" w14:textId="3125CE9E" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1104624028"/>
                 <w:placeholder>
                   <w:docPart w:val="2AEED5C7D4F642E08C1E7209BFDA155E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
                   <w:rPr>
@@ -8393,51 +8581,51 @@
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="212F75C2" w14:textId="77777777" w:rsidTr="7DDEB7BB">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58BB36BA" w14:textId="77777777" w:rsidR="0035329A" w:rsidRPr="004F7EF6" w:rsidRDefault="00247F1A" w:rsidP="0035329A">
+          <w:p w14:paraId="58BB36BA" w14:textId="77777777" w:rsidR="0035329A" w:rsidRPr="004F7EF6" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="862097600"/>
                 <w:placeholder>
                   <w:docPart w:val="CBBF7B9593E94E8AB060FB8CCDE17756"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0035329A" w:rsidRPr="004F7EF6">
                   <w:rPr>
@@ -8483,51 +8671,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Please specify which part of the project the current request pertains to: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="3A3AA2DD" w14:textId="77777777" w:rsidTr="7DDEB7BB">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27A9DAC6" w14:textId="77777777" w:rsidR="0035329A" w:rsidRPr="004F7EF6" w:rsidRDefault="00247F1A" w:rsidP="0035329A">
+          <w:p w14:paraId="27A9DAC6" w14:textId="77777777" w:rsidR="0035329A" w:rsidRPr="004F7EF6" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1905724407"/>
                 <w:placeholder>
                   <w:docPart w:val="678CC50680874216A4608394F7DF4F3F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0035329A" w:rsidRPr="004F7EF6">
                   <w:rPr>
@@ -8823,60 +9011,73 @@
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Please attach your literature review for the project. </w:t>
             </w:r>
             <w:r w:rsidR="007D2A8F">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Projects without the literature review will not progress. </w:t>
             </w:r>
             <w:r w:rsidR="007D2A8F" w:rsidRPr="0094269C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="0094269C" w:rsidRPr="0094269C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>In order to evaluate your research request</w:t>
+              <w:t>In order to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0094269C" w:rsidRPr="0094269C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> evaluate your research request</w:t>
             </w:r>
             <w:r w:rsidR="0094269C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
             <w:r w:rsidR="0094269C" w:rsidRPr="0094269C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> we require a brief review of the current literature </w:t>
             </w:r>
             <w:r w:rsidR="0094269C">
               <w:rPr>
@@ -9486,51 +9687,51 @@
             <w:r w:rsidRPr="000E5113">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Hypothesis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="5B8B154C" w14:textId="77777777" w:rsidTr="008772B4">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FCD8C46" w14:textId="6BA9D7F8" w:rsidR="0035329A" w:rsidRDefault="00247F1A" w:rsidP="0035329A">
+          <w:p w14:paraId="0FCD8C46" w14:textId="6BA9D7F8" w:rsidR="0035329A" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1576356051"/>
                 <w:placeholder>
                   <w:docPart w:val="6847658A234349DCBD3D177C07D91164"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0035329A" w:rsidRPr="004F7EF6">
                   <w:rPr>
@@ -9580,51 +9781,51 @@
             <w:r w:rsidR="00D23555">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="621B645B" w14:textId="77777777" w:rsidTr="7DDEB7BB">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77C88175" w14:textId="40F2CFF0" w:rsidR="0035329A" w:rsidRDefault="00247F1A" w:rsidP="0035329A">
+          <w:p w14:paraId="77C88175" w14:textId="40F2CFF0" w:rsidR="0035329A" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-941693443"/>
                 <w:placeholder>
                   <w:docPart w:val="50C6A45997FB4F789BCD078F6DFCF224"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0035329A" w:rsidRPr="004F7EF6">
                   <w:rPr>
@@ -9676,51 +9877,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">/Rationale </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
       <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="1C92B8DD" w14:textId="77777777" w:rsidTr="7DDEB7BB">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14F881A8" w14:textId="5A6936FF" w:rsidR="0035329A" w:rsidRDefault="00247F1A" w:rsidP="0035329A">
+          <w:p w14:paraId="14F881A8" w14:textId="5A6936FF" w:rsidR="0035329A" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-293835923"/>
                 <w:placeholder>
                   <w:docPart w:val="2490D8CBDF154565BE96650DC95210F7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0035329A" w:rsidRPr="004F7EF6">
                   <w:rPr>
@@ -10133,98 +10334,98 @@
               <w:t xml:space="preserve"> may be selected per project; if data for an additional joint is required, a separate request must be submitted.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3615D2EF" w14:textId="31EBEF42" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00716106">
+          <w:p w14:paraId="3615D2EF" w14:textId="31EBEF42" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-100808408"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Hip</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22C5E96C" w14:textId="579E822A" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00716106">
+          <w:p w14:paraId="22C5E96C" w14:textId="579E822A" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="580567152"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
@@ -10239,51 +10440,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Knee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78CC167C" w14:textId="2AB1AF58" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00716106">
+          <w:p w14:paraId="78CC167C" w14:textId="2AB1AF58" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-375087996"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -10341,51 +10542,51 @@
             </w:sdt>
             <w:r w:rsidR="00C30B0B" w:rsidRPr="00716742">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C30B0B" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Other </w:t>
             </w:r>
             <w:r w:rsidR="00C30B0B" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(please specify</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26577CA1" w14:textId="40AF4948" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00716106">
+          <w:p w14:paraId="26577CA1" w14:textId="40AF4948" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-187836679"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -10524,51 +10725,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Detai</w:t>
             </w:r>
             <w:r w:rsidR="00365C1A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>l:</w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> manufacturer, size, fixation, etc</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68EE8CA7" w14:textId="3886AF59" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00716106">
+          <w:p w14:paraId="68EE8CA7" w14:textId="3886AF59" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="256720428"/>
                 <w:placeholder>
                   <w:docPart w:val="84E466A8B48F43EDA542ECD4D5D1CD4A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -10673,51 +10874,51 @@
           <w:p w14:paraId="21ADC4D7" w14:textId="1D5C5BAD" w:rsidR="00716106" w:rsidRPr="005E6F93" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22653191" w14:textId="2A09BB9B" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00716106">
+          <w:p w14:paraId="22653191" w14:textId="2A09BB9B" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1646426301"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -10733,51 +10934,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Primary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2B49C4" w14:textId="45AEE17F" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00716106">
+          <w:p w14:paraId="1F2B49C4" w14:textId="45AEE17F" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="753856273"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -10888,51 +11089,51 @@
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005306B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Age </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2266" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A7F2BB2" w14:textId="7329AD77" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00716106">
+          <w:p w14:paraId="5A7F2BB2" w14:textId="7329AD77" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-578980302"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -10964,88 +11165,102 @@
                 <w:b/>
                 <w:bCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">     groups </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3546" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E264885" w14:textId="0A4AC1B3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="70BAAEE8">
+          <w:p w14:paraId="5E264885" w14:textId="0A4AC1B3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="70BAAEE8">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1771197485"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="26372F95" w:rsidRPr="70BAAEE8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="6A074697" w:rsidRPr="70BAAEE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Particular age groups only </w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="6A074697" w:rsidRPr="70BAAEE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t>Particular age</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="6A074697" w:rsidRPr="70BAAEE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> groups only </w:t>
             </w:r>
             <w:r w:rsidR="007940BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="6A074697" w:rsidRPr="70BAAEE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>please specify)</w:t>
             </w:r>
             <w:r w:rsidR="6A074697" w:rsidRPr="70BAAEE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
@@ -11115,51 +11330,51 @@
                 <w:bCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Sex</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1933E237" w14:textId="548DB407" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00716106">
+          <w:p w14:paraId="1933E237" w14:textId="548DB407" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="236296002"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11175,51 +11390,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">All  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="767A1EA3" w14:textId="36C4131C" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00716106">
+          <w:p w14:paraId="767A1EA3" w14:textId="36C4131C" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="771745696"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11234,51 +11449,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D676BB7" w14:textId="7A3ED7C3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00716106">
+          <w:p w14:paraId="4D676BB7" w14:textId="7A3ED7C3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-49998041"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11344,51 +11559,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005306B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Diagnosis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36807576" w14:textId="2BFD4834" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00716106">
+          <w:p w14:paraId="36807576" w14:textId="2BFD4834" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1995178875"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11404,51 +11619,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>OA only</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3201A1" w14:textId="12A53077" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00716106">
+          <w:p w14:paraId="4B3201A1" w14:textId="12A53077" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1090426687"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11463,51 +11678,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>All diagnoses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F674719" w14:textId="6FBEBAC0" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00716106">
+          <w:p w14:paraId="5F674719" w14:textId="6FBEBAC0" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1860652515"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11594,51 +11809,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A89B2DA" w14:textId="77777777" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F9F4A9C" w14:textId="027E75A3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="56AB8D65">
+          <w:p w14:paraId="3F9F4A9C" w14:textId="027E75A3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="56AB8D65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-447927349"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11737,51 +11952,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="197957B5" w14:textId="77777777" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F267964" w14:textId="3E55D9CF" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="56AB8D65">
+          <w:p w14:paraId="5F267964" w14:textId="3E55D9CF" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="56AB8D65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1705624279"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -12002,51 +12217,51 @@
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="007940BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="009F6075">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> If a specific approach is required, please specify </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E969AD7" w14:textId="020AAD95" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00716106">
+          <w:p w14:paraId="5E969AD7" w14:textId="020AAD95" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1382785153"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -12240,51 +12455,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00AC1110">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Please define all groups to be compared </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8753" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D79D755" w14:textId="7758066E" w:rsidR="00675A5D" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00273C1A">
+          <w:p w14:paraId="5D79D755" w14:textId="7758066E" w:rsidR="00675A5D" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00273C1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-820107157"/>
                 <w:placeholder>
                   <w:docPart w:val="5454FB7FDEEF4DF6ADA16CB9DEBEF2C9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
                   <w:rPr>
@@ -12355,51 +12570,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009711BB" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Revision</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7824" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3936FF" w14:textId="19EB8898" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00D05A6E">
+          <w:p w14:paraId="1F3936FF" w14:textId="19EB8898" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00D05A6E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1658878738"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -12467,51 +12682,51 @@
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="242F139C" w14:textId="77777777" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="009711BB" w:rsidP="00375082">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7824" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6953C52B" w14:textId="562A1372" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00D05A6E">
+          <w:p w14:paraId="6953C52B" w14:textId="562A1372" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00D05A6E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1665287640"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -12645,51 +12860,51 @@
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4931CA07" w14:textId="77777777" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="009711BB" w:rsidP="00375082">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7824" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4298BF18" w14:textId="6CADF892" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00D05A6E">
+          <w:p w14:paraId="4298BF18" w14:textId="6CADF892" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00D05A6E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-745884446"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -12821,51 +13036,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Mortality </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C4467FA" w14:textId="67B29D26" w:rsidR="00F8596B" w:rsidRPr="00737346" w:rsidRDefault="00247F1A" w:rsidP="00622CB7">
+          <w:p w14:paraId="1C4467FA" w14:textId="67B29D26" w:rsidR="00F8596B" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00622CB7">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-81536232"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001728DA" w:rsidRPr="00737346">
@@ -12887,51 +13102,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CD08EF" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Early</w:t>
             </w:r>
             <w:r w:rsidR="006E008D" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F8596B" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">(30 days) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="476D7912" w14:textId="77777777" w:rsidR="00CD08EF" w:rsidRPr="00737346" w:rsidRDefault="00247F1A" w:rsidP="00622CB7">
+          <w:p w14:paraId="476D7912" w14:textId="77777777" w:rsidR="00CD08EF" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00622CB7">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1524135469"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F8596B" w:rsidRPr="00737346">
@@ -12939,51 +13154,51 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F8596B" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F8596B" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Early (90 days)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D31A276" w14:textId="3936919B" w:rsidR="000A6F62" w:rsidRPr="00737346" w:rsidRDefault="00247F1A" w:rsidP="00622CB7">
+          <w:p w14:paraId="1D31A276" w14:textId="3936919B" w:rsidR="000A6F62" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00622CB7">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="334965524"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000A6F62" w:rsidRPr="00737346">
@@ -13003,51 +13218,51 @@
                 <w:color w:val="auto"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000A6F62" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Early (1 year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="023F1CD7" w14:textId="77777777" w:rsidR="00CD08EF" w:rsidRPr="00737346" w:rsidRDefault="00247F1A" w:rsidP="00675A5D">
+          <w:p w14:paraId="023F1CD7" w14:textId="77777777" w:rsidR="00CD08EF" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00675A5D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="2030376752"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006E008D" w:rsidRPr="00737346">
                   <w:rPr>
@@ -13061,51 +13276,51 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0068791D" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CD08EF" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Late</w:t>
             </w:r>
             <w:r w:rsidR="006E008D" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> (&gt;1 year)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53F03430" w14:textId="250675DB" w:rsidR="006E008D" w:rsidRPr="00737346" w:rsidRDefault="00247F1A" w:rsidP="00675A5D">
+          <w:p w14:paraId="53F03430" w14:textId="250675DB" w:rsidR="006E008D" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00675A5D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1803303563"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006E008D" w:rsidRPr="00737346">
                   <w:rPr>
@@ -13179,102 +13394,102 @@
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A6ABE16" w14:textId="77777777" w:rsidR="00027679" w:rsidRDefault="00027679" w:rsidP="00215C2F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00027679">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>The standard approach for all research requests is survival analysis, which includes Kaplan-Meier estimates of survivorship and Cox proportional hazard ratios. Please indicate if an alternative analysis approach is required. Note that any different approach will need to be approved by the Clinical Directors.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C816EAC" w14:textId="120D11A6" w:rsidR="00066B2C" w:rsidRPr="00737346" w:rsidRDefault="00247F1A" w:rsidP="00215C2F">
+          <w:p w14:paraId="5C816EAC" w14:textId="120D11A6" w:rsidR="00066B2C" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00215C2F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-382946638"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0047211F" w:rsidRPr="00737346">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0047211F" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r w:rsidR="007229CA" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C555459" w14:textId="550F9D52" w:rsidR="00675A5D" w:rsidRPr="00737346" w:rsidRDefault="00247F1A" w:rsidP="00BC38F4">
+          <w:p w14:paraId="7C555459" w14:textId="550F9D52" w:rsidR="00675A5D" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00BC38F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="2118100501"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A" w:rsidRPr="00737346">
                   <w:rPr>
@@ -13385,51 +13600,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Additional Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F4CAC" w:rsidRPr="00E434A5" w14:paraId="3B39574B" w14:textId="77777777" w:rsidTr="00D836C4">
         <w:trPr>
           <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45E69D9D" w14:textId="3CE7DDBE" w:rsidR="007F4CAC" w:rsidRPr="00E434A5" w:rsidRDefault="00247F1A" w:rsidP="00375082">
+          <w:p w14:paraId="45E69D9D" w14:textId="3CE7DDBE" w:rsidR="007F4CAC" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00375082">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-960098155"/>
                 <w:placeholder>
                   <w:docPart w:val="97B73F8984CF408694BFDAC196AAE79F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007F4CAC" w:rsidRPr="00E434A5">
                   <w:rPr>
@@ -17573,51 +17788,52 @@
   </w:num>
   <w:num w:numId="25" w16cid:durableId="15621166">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1930847139">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1839807727">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="465858640">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="232399831">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1867863324">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="1"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="120"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -18348,50 +18564,51 @@
     <w:rsid w:val="00A55EA9"/>
     <w:rsid w:val="00A5646A"/>
     <w:rsid w:val="00A56568"/>
     <w:rsid w:val="00A604F8"/>
     <w:rsid w:val="00A60580"/>
     <w:rsid w:val="00A623BC"/>
     <w:rsid w:val="00A66E86"/>
     <w:rsid w:val="00A77811"/>
     <w:rsid w:val="00A83385"/>
     <w:rsid w:val="00A83AF6"/>
     <w:rsid w:val="00A83BD2"/>
     <w:rsid w:val="00A83CCD"/>
     <w:rsid w:val="00A85FA7"/>
     <w:rsid w:val="00A86996"/>
     <w:rsid w:val="00A90CF1"/>
     <w:rsid w:val="00A90FB8"/>
     <w:rsid w:val="00A92F76"/>
     <w:rsid w:val="00A93D59"/>
     <w:rsid w:val="00A97583"/>
     <w:rsid w:val="00AA00BF"/>
     <w:rsid w:val="00AA09D3"/>
     <w:rsid w:val="00AA175D"/>
     <w:rsid w:val="00AA1B5C"/>
     <w:rsid w:val="00AA65FE"/>
     <w:rsid w:val="00AA6CC0"/>
+    <w:rsid w:val="00AA7CCC"/>
     <w:rsid w:val="00AB1194"/>
     <w:rsid w:val="00AB1265"/>
     <w:rsid w:val="00AB7D14"/>
     <w:rsid w:val="00AC1110"/>
     <w:rsid w:val="00AC1A66"/>
     <w:rsid w:val="00AC7B0B"/>
     <w:rsid w:val="00AC7FDC"/>
     <w:rsid w:val="00AD16BD"/>
     <w:rsid w:val="00AD1F79"/>
     <w:rsid w:val="00AD2F5F"/>
     <w:rsid w:val="00AD4ACA"/>
     <w:rsid w:val="00AD5C36"/>
     <w:rsid w:val="00AE05E9"/>
     <w:rsid w:val="00AE2AC4"/>
     <w:rsid w:val="00AE2CC0"/>
     <w:rsid w:val="00AE42E2"/>
     <w:rsid w:val="00AE58B0"/>
     <w:rsid w:val="00AE5FCD"/>
     <w:rsid w:val="00AE627C"/>
     <w:rsid w:val="00AF0701"/>
     <w:rsid w:val="00AF1CF4"/>
     <w:rsid w:val="00AF2A20"/>
     <w:rsid w:val="00AF50A1"/>
     <w:rsid w:val="00AF52EF"/>
     <w:rsid w:val="00AF57C1"/>
@@ -18595,50 +18812,51 @@
     <w:rsid w:val="00DF302B"/>
     <w:rsid w:val="00DF7716"/>
     <w:rsid w:val="00E0491F"/>
     <w:rsid w:val="00E049E8"/>
     <w:rsid w:val="00E07B25"/>
     <w:rsid w:val="00E07C93"/>
     <w:rsid w:val="00E14E7C"/>
     <w:rsid w:val="00E17A7C"/>
     <w:rsid w:val="00E228A5"/>
     <w:rsid w:val="00E22C16"/>
     <w:rsid w:val="00E27068"/>
     <w:rsid w:val="00E30D5E"/>
     <w:rsid w:val="00E31EC2"/>
     <w:rsid w:val="00E32F30"/>
     <w:rsid w:val="00E3309C"/>
     <w:rsid w:val="00E34CDC"/>
     <w:rsid w:val="00E35E9E"/>
     <w:rsid w:val="00E40BDA"/>
     <w:rsid w:val="00E4141F"/>
     <w:rsid w:val="00E418A4"/>
     <w:rsid w:val="00E418F8"/>
     <w:rsid w:val="00E427B2"/>
     <w:rsid w:val="00E434A5"/>
     <w:rsid w:val="00E473B3"/>
     <w:rsid w:val="00E47943"/>
+    <w:rsid w:val="00E504DB"/>
     <w:rsid w:val="00E508D4"/>
     <w:rsid w:val="00E51D19"/>
     <w:rsid w:val="00E55E91"/>
     <w:rsid w:val="00E562F8"/>
     <w:rsid w:val="00E618D4"/>
     <w:rsid w:val="00E62B8E"/>
     <w:rsid w:val="00E72914"/>
     <w:rsid w:val="00E73E9D"/>
     <w:rsid w:val="00E764A9"/>
     <w:rsid w:val="00E777A4"/>
     <w:rsid w:val="00E806C8"/>
     <w:rsid w:val="00E819C1"/>
     <w:rsid w:val="00E83B28"/>
     <w:rsid w:val="00E85FF7"/>
     <w:rsid w:val="00E8721E"/>
     <w:rsid w:val="00E90FBF"/>
     <w:rsid w:val="00E93366"/>
     <w:rsid w:val="00E975C6"/>
     <w:rsid w:val="00EA0B2A"/>
     <w:rsid w:val="00EB031A"/>
     <w:rsid w:val="00EB21ED"/>
     <w:rsid w:val="00EB2772"/>
     <w:rsid w:val="00EB3E4D"/>
     <w:rsid w:val="00EC0882"/>
     <w:rsid w:val="00EC268D"/>
@@ -21377,50 +21595,108 @@
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{6C925A70-08D1-4311-A929-49B9E08BD6A3}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="001A1A18" w:rsidRDefault="001A1A18" w:rsidP="001A1A18">
           <w:pPr>
             <w:pStyle w:val="FFCB4DBA216F4C07BE95066ECB0202A2"/>
           </w:pPr>
           <w:r w:rsidRPr="00692A90">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="00920E8A6E374FF1A98A626101DF168B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5D869A5F-84F7-473C-928A-DF63F2949981}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003700BA" w:rsidRDefault="003700BA" w:rsidP="003700BA">
+          <w:pPr>
+            <w:pStyle w:val="00920E8A6E374FF1A98A626101DF168B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8B4C9DB9B72E4028B96D9DCE25D4F808"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{124C2376-8E7F-4E00-AA2E-9675E7418E8A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003700BA" w:rsidRDefault="003700BA" w:rsidP="003700BA">
+          <w:pPr>
+            <w:pStyle w:val="8B4C9DB9B72E4028B96D9DCE25D4F808"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
@@ -21542,50 +21818,51 @@
     <w:rsid w:val="000C190F"/>
     <w:rsid w:val="000F614A"/>
     <w:rsid w:val="00102740"/>
     <w:rsid w:val="00136DAC"/>
     <w:rsid w:val="00161681"/>
     <w:rsid w:val="00185A04"/>
     <w:rsid w:val="00196C15"/>
     <w:rsid w:val="001A1A18"/>
     <w:rsid w:val="001A6576"/>
     <w:rsid w:val="001B638B"/>
     <w:rsid w:val="001C0CE5"/>
     <w:rsid w:val="001C450E"/>
     <w:rsid w:val="001C7997"/>
     <w:rsid w:val="001F6EDF"/>
     <w:rsid w:val="001F7051"/>
     <w:rsid w:val="002351F7"/>
     <w:rsid w:val="00237236"/>
     <w:rsid w:val="00240935"/>
     <w:rsid w:val="0025041F"/>
     <w:rsid w:val="002641AB"/>
     <w:rsid w:val="00283B09"/>
     <w:rsid w:val="00297B8F"/>
     <w:rsid w:val="002B313E"/>
     <w:rsid w:val="002F0CDB"/>
     <w:rsid w:val="0033780B"/>
+    <w:rsid w:val="003700BA"/>
     <w:rsid w:val="00373462"/>
     <w:rsid w:val="003A28A0"/>
     <w:rsid w:val="003C0120"/>
     <w:rsid w:val="003D0EF8"/>
     <w:rsid w:val="00416EAA"/>
     <w:rsid w:val="00423508"/>
     <w:rsid w:val="0045079D"/>
     <w:rsid w:val="004706FF"/>
     <w:rsid w:val="004829B3"/>
     <w:rsid w:val="004A1ACA"/>
     <w:rsid w:val="004C2C0B"/>
     <w:rsid w:val="004C5B17"/>
     <w:rsid w:val="004D6170"/>
     <w:rsid w:val="00561D73"/>
     <w:rsid w:val="00577BCC"/>
     <w:rsid w:val="00590BFF"/>
     <w:rsid w:val="0059705A"/>
     <w:rsid w:val="005F49D7"/>
     <w:rsid w:val="00606CCA"/>
     <w:rsid w:val="00620773"/>
     <w:rsid w:val="00627F77"/>
     <w:rsid w:val="00650114"/>
     <w:rsid w:val="00656B51"/>
     <w:rsid w:val="00665AB1"/>
     <w:rsid w:val="00686484"/>
@@ -21593,50 +21870,51 @@
     <w:rsid w:val="0069589A"/>
     <w:rsid w:val="006B5971"/>
     <w:rsid w:val="006D7381"/>
     <w:rsid w:val="00740014"/>
     <w:rsid w:val="0074503F"/>
     <w:rsid w:val="0076001A"/>
     <w:rsid w:val="00773C47"/>
     <w:rsid w:val="007C70FA"/>
     <w:rsid w:val="007E05EE"/>
     <w:rsid w:val="007F25E0"/>
     <w:rsid w:val="00813E01"/>
     <w:rsid w:val="008242CF"/>
     <w:rsid w:val="0083685B"/>
     <w:rsid w:val="00842871"/>
     <w:rsid w:val="00850AE9"/>
     <w:rsid w:val="008714AC"/>
     <w:rsid w:val="009D2F21"/>
     <w:rsid w:val="009E03D2"/>
     <w:rsid w:val="009E4473"/>
     <w:rsid w:val="009E44F6"/>
     <w:rsid w:val="00A14D49"/>
     <w:rsid w:val="00A41F89"/>
     <w:rsid w:val="00A540B4"/>
     <w:rsid w:val="00A54E6C"/>
     <w:rsid w:val="00A85779"/>
+    <w:rsid w:val="00AA7CCC"/>
     <w:rsid w:val="00AC1A66"/>
     <w:rsid w:val="00AC7FDC"/>
     <w:rsid w:val="00AD251B"/>
     <w:rsid w:val="00AD53F4"/>
     <w:rsid w:val="00AE627C"/>
     <w:rsid w:val="00AF0701"/>
     <w:rsid w:val="00AF1CF4"/>
     <w:rsid w:val="00AF5DCF"/>
     <w:rsid w:val="00B33F29"/>
     <w:rsid w:val="00B46A4B"/>
     <w:rsid w:val="00B907B6"/>
     <w:rsid w:val="00BA5644"/>
     <w:rsid w:val="00BE0E01"/>
     <w:rsid w:val="00BE6903"/>
     <w:rsid w:val="00BF4C98"/>
     <w:rsid w:val="00C44396"/>
     <w:rsid w:val="00C56404"/>
     <w:rsid w:val="00C67CA0"/>
     <w:rsid w:val="00C817F0"/>
     <w:rsid w:val="00CA795A"/>
     <w:rsid w:val="00CB5BBE"/>
     <w:rsid w:val="00CE7F10"/>
     <w:rsid w:val="00D01996"/>
     <w:rsid w:val="00D530C0"/>
     <w:rsid w:val="00D65580"/>
@@ -22084,51 +22362,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001A1A18"/>
+    <w:rsid w:val="003700BA"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C707B6CA9D0A43BE9BA7794F70682856">
     <w:name w:val="C707B6CA9D0A43BE9BA7794F70682856"/>
     <w:rsid w:val="00DB46D0"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="970DE83EE94A469BA2DE3E3F52E40401">
     <w:name w:val="970DE83EE94A469BA2DE3E3F52E40401"/>
     <w:rsid w:val="00DB46D0"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="31A5D92C90214CE197A85424D2C6F7CB">
     <w:name w:val="31A5D92C90214CE197A85424D2C6F7CB"/>
     <w:rsid w:val="00DB46D0"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5454FB7FDEEF4DF6ADA16CB9DEBEF2C9">
     <w:name w:val="5454FB7FDEEF4DF6ADA16CB9DEBEF2C9"/>
     <w:rsid w:val="00DB46D0"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="97B73F8984CF408694BFDAC196AAE79F">
     <w:name w:val="97B73F8984CF408694BFDAC196AAE79F"/>
     <w:rsid w:val="00EA0B2A"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A148078CC8C46ED95C186B198E54D3C">
@@ -23697,50 +23975,310 @@
     <w:name w:val="72B91FB09AB242179ECC2B2D11627290"/>
     <w:rsid w:val="00B907B6"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FFCB4DBA216F4C07BE95066ECB0202A2">
     <w:name w:val="FFCB4DBA216F4C07BE95066ECB0202A2"/>
     <w:rsid w:val="001A1A18"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B74E14596D4452E8AD2945AB92CEBCD">
+    <w:name w:val="5B74E14596D4452E8AD2945AB92CEBCD"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31361973780D4170994B5E5E74200ECC">
+    <w:name w:val="31361973780D4170994B5E5E74200ECC"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="843B96801E184B46B9CAD88AA6A8B2C6">
+    <w:name w:val="843B96801E184B46B9CAD88AA6A8B2C6"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F1BB47390C1D41BBA65F0BA5FFC5681C">
+    <w:name w:val="F1BB47390C1D41BBA65F0BA5FFC5681C"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14CD99B4EB37418FAAAAB8FD3CA3C983">
+    <w:name w:val="14CD99B4EB37418FAAAAB8FD3CA3C983"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="403E0B8249774F98914BCD980EE28BEC">
+    <w:name w:val="403E0B8249774F98914BCD980EE28BEC"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0C9681AE9BF46F2ACEB3F3EB335179E">
+    <w:name w:val="B0C9681AE9BF46F2ACEB3F3EB335179E"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9D82C3074FE147BA9C3D3ABDAA8DAC46">
+    <w:name w:val="9D82C3074FE147BA9C3D3ABDAA8DAC46"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1299FFAF81EF4B0D8FC767B61FBC9603">
+    <w:name w:val="1299FFAF81EF4B0D8FC767B61FBC9603"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="172AB2E164B3491187B0D09B8B71BC9A">
+    <w:name w:val="172AB2E164B3491187B0D09B8B71BC9A"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F1EBCB74BA94E8693CE6E0E226A291A">
+    <w:name w:val="1F1EBCB74BA94E8693CE6E0E226A291A"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="803A04CEC41B4001B8DE0DCF0C75BDBB">
+    <w:name w:val="803A04CEC41B4001B8DE0DCF0C75BDBB"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5C9D6BA79B30452E8AF8893F75272DAC">
+    <w:name w:val="5C9D6BA79B30452E8AF8893F75272DAC"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F76AAD3340864B0C83BE80135A665D65">
+    <w:name w:val="F76AAD3340864B0C83BE80135A665D65"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9DD0E64E58B740E39AC3A2E4B5FC70E7">
+    <w:name w:val="9DD0E64E58B740E39AC3A2E4B5FC70E7"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="065A01AB2FD04D169EA5C1A03BDCB36D">
+    <w:name w:val="065A01AB2FD04D169EA5C1A03BDCB36D"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9F62F6AB37EB42F09AF7C9A682C1F4AA">
+    <w:name w:val="9F62F6AB37EB42F09AF7C9A682C1F4AA"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="550FB91858E74CEF8E0F70465202F036">
+    <w:name w:val="550FB91858E74CEF8E0F70465202F036"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="00920E8A6E374FF1A98A626101DF168B">
+    <w:name w:val="00920E8A6E374FF1A98A626101DF168B"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8B4C9DB9B72E4028B96D9DCE25D4F808">
+    <w:name w:val="8B4C9DB9B72E4028B96D9DCE25D4F808"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -24007,50 +24545,74 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c650f868-ae29-44aa-8912-b9b1f0fece86" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="57637f11-560e-424a-bc5d-6f616a9cb3ee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001BB552B0F378A24390114A699A0B839C" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b165c751710a0633c4f6f2005131d45a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="57637f11-560e-424a-bc5d-6f616a9cb3ee" xmlns:ns3="c650f868-ae29-44aa-8912-b9b1f0fece86" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="11fa7a96a85b8eb7aad922ddd021b44c" ns2:_="" ns3:_="">
     <xsd:import namespace="57637f11-560e-424a-bc5d-6f616a9cb3ee"/>
     <xsd:import namespace="c650f868-ae29-44aa-8912-b9b1f0fece86"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -24235,150 +24797,126 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52C0A0E1-F310-43ED-AD7D-49D9ED1A0911}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c650f868-ae29-44aa-8912-b9b1f0fece86"/>
+    <ds:schemaRef ds:uri="57637f11-560e-424a-bc5d-6f616a9cb3ee"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F187EFE-3758-4DCE-9152-AF5C8823B8F9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{205A91FD-E3F0-4A58-B787-3F01A62D90B1}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C247413-D5F8-4A65-AD18-85053858F58C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="57637f11-560e-424a-bc5d-6f616a9cb3ee"/>
     <ds:schemaRef ds:uri="c650f868-ae29-44aa-8912-b9b1f0fece86"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...25 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2121</Words>
-  <Characters>12093</Characters>
+  <Words>2187</Words>
+  <Characters>12147</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>4</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>28</Paragraphs>
+  <DocSecurity>0</DocSecurity>
+  <Lines>368</Lines>
+  <Paragraphs>238</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FOR.S8.1 Ad Hoc Request Form - Standard</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NJRR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14186</CharactersWithSpaces>
+  <CharactersWithSpaces>14096</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>FOR.S8.1 Ad Hoc Request Form - Standard</dc:title>
   <dc:subject/>
   <dc:creator>a1169163</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BB552B0F378A24390114A699A0B839C</vt:lpwstr>
   </property>