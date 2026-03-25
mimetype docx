--- v1 (2026-02-06)
+++ v2 (2026-03-25)
@@ -1759,214 +1759,208 @@
           <w:p w14:paraId="7D7DA294" w14:textId="18B53D7B" w:rsidR="00E504DB" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date of request</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2451" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25BD79FA" w14:textId="2F996415" w:rsidR="00E504DB" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
+          <w:p w14:paraId="25BD79FA" w14:textId="2F996415" w:rsidR="00E504DB" w:rsidRDefault="00B04A77" w:rsidP="00E51D19">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1566948303"/>
                 <w:placeholder>
                   <w:docPart w:val="00920E8A6E374FF1A98A626101DF168B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00E434A5">
+                <w:r w:rsidR="00E504DB" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2452" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FF063B9" w14:textId="42C967DC" w:rsidR="00E504DB" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Date </w:t>
-[...7 lines deleted...]
-              <w:t>Information is</w:t>
+              <w:t>Date Information is</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="70FD2031" w14:textId="74B86AF7" w:rsidR="00E504DB" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Required by</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2452" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="57D3080B" w14:textId="54931AC3" w:rsidR="00E504DB" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
+          <w:p w14:paraId="57D3080B" w14:textId="54931AC3" w:rsidR="00E504DB" w:rsidRDefault="00B04A77" w:rsidP="00E51D19">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1615395978"/>
                 <w:placeholder>
                   <w:docPart w:val="8B4C9DB9B72E4028B96D9DCE25D4F808"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00E434A5">
+                <w:r w:rsidR="00E504DB" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="6034DABF" w14:textId="77777777" w:rsidTr="7DDEB7BB">
         <w:trPr>
           <w:trHeight w:val="544"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5C5EAC76" w14:textId="1588424C" w:rsidR="00FF05D8" w:rsidRDefault="00FF05D8" w:rsidP="00E51D19">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="1" w:name="_Hlk190353746"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="672DB991" w14:textId="7FFB773A" w:rsidR="00FF05D8" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
+          <w:p w14:paraId="672DB991" w14:textId="7FFB773A" w:rsidR="00FF05D8" w:rsidRDefault="00B04A77" w:rsidP="00E51D19">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="2138917265"/>
                 <w:placeholder>
                   <w:docPart w:val="A7284A7092454DF2BC4E819ECF428E8C"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -1993,51 +1987,51 @@
           <w:p w14:paraId="72B4CF26" w14:textId="3BAC6FB1" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D7BEB4E" w14:textId="0B950FE3" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+          <w:p w14:paraId="1D7BEB4E" w14:textId="0B950FE3" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="250481233"/>
                 <w:placeholder>
                   <w:docPart w:val="58B7D991E3EB4DC89645AEC156B83958"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2063,51 +2057,51 @@
           <w:p w14:paraId="1763EE8D" w14:textId="0B1151B7" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763EE8E" w14:textId="31C240B6" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+          <w:p w14:paraId="1763EE8E" w14:textId="31C240B6" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-962496349"/>
                 <w:placeholder>
                   <w:docPart w:val="BDA678901DFB48C8B2012F3D66E284D0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2133,51 +2127,51 @@
           <w:p w14:paraId="37F31F55" w14:textId="68989347" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="000B7E44" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Are you an Orthopaedic Surgeon?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0505E449" w14:textId="000F06E2" w:rsidR="000B7E44" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+          <w:p w14:paraId="0505E449" w14:textId="000F06E2" w:rsidR="000B7E44" w:rsidRDefault="00B04A77" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="592987914"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
@@ -2277,51 +2271,51 @@
           <w:p w14:paraId="1763EE90" w14:textId="32788970" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763EE91" w14:textId="1716FD63" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+          <w:p w14:paraId="1763EE91" w14:textId="1716FD63" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1310940706"/>
                 <w:placeholder>
                   <w:docPart w:val="14FF3624BA3C4E64827679CBF0E4D99A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2341,51 +2335,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1763EE92" w14:textId="50E9FF07" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763EE93" w14:textId="4939E72A" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+          <w:p w14:paraId="1763EE93" w14:textId="4939E72A" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="448898112"/>
                 <w:placeholder>
                   <w:docPart w:val="1204AB4ABFE54EAC8912F2B89C6A0913"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2427,51 +2421,51 @@
             </w:r>
             <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
             <w:r w:rsidR="00174035">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="7"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763EE96" w14:textId="4EECECB7" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+          <w:p w14:paraId="1763EE96" w14:textId="4EECECB7" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1849709329"/>
                 <w:placeholder>
                   <w:docPart w:val="3A22F30557224F83855A01D1FE23F743"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2804,51 +2798,51 @@
           <w:p w14:paraId="23FEC79F" w14:textId="51008325" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2540" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12FDB277" w14:textId="5D78BC47" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+          <w:p w14:paraId="12FDB277" w14:textId="5D78BC47" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00FF05D8">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1408728547"/>
                 <w:placeholder>
                   <w:docPart w:val="7928E242298240C093FA9EA565CFDF04"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -2960,51 +2954,51 @@
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29C4F93C" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
+          <w:p w14:paraId="29C4F93C" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRDefault="00B04A77" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="134843285"/>
                 <w:placeholder>
                   <w:docPart w:val="6993E41FE6364569BA6DD20FBB6770F8"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
@@ -3031,51 +3025,51 @@
           <w:p w14:paraId="67179269" w14:textId="068BD0DD" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="006C1BE9" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E58B591" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
+          <w:p w14:paraId="0E58B591" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-521090547"/>
                 <w:placeholder>
                   <w:docPart w:val="589D101E364C4A4884B913DED9D051A9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3101,51 +3095,51 @@
           <w:p w14:paraId="5FC2563E" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D7375FF" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
+          <w:p w14:paraId="3D7375FF" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1150054862"/>
                 <w:placeholder>
                   <w:docPart w:val="80C407770EA84C29835062298F3FCC7B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3170,51 +3164,51 @@
           </w:tcPr>
           <w:p w14:paraId="557ED03F" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Telephone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D07E48A" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
+          <w:p w14:paraId="7D07E48A" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1887748246"/>
                 <w:placeholder>
                   <w:docPart w:val="4195F9DA3E4D4EE3BB7621BCA07B2C43"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3234,51 +3228,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="32D7724D" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0E48CAAB" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
+          <w:p w14:paraId="0E48CAAB" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1797286918"/>
                 <w:placeholder>
                   <w:docPart w:val="82F6D4FD7BCC4650B6305A52CB298B04"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3304,51 +3298,51 @@
           <w:p w14:paraId="539355C7" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="564E9825" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
+          <w:p w14:paraId="564E9825" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="848298272"/>
                 <w:placeholder>
                   <w:docPart w:val="1FE036E21280455B8643F2C60C2F0F51"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3690,51 +3684,51 @@
           </w:tcPr>
           <w:p w14:paraId="64D9E0B2" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="158E00BB" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
+          <w:p w14:paraId="158E00BB" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1876654584"/>
                 <w:placeholder>
                   <w:docPart w:val="5790B90B214C4C0DAC1A8E7E158ABEF1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -3842,51 +3836,51 @@
           </w:tcPr>
           <w:p w14:paraId="50455EEC" w14:textId="77777777" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10575808" w14:textId="2D6E0F57" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+          <w:p w14:paraId="10575808" w14:textId="2D6E0F57" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1805389599"/>
                 <w:placeholder>
                   <w:docPart w:val="DAFBC9628B3A4A0B8586C7D592AF150A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -3917,51 +3911,51 @@
           </w:tcPr>
           <w:p w14:paraId="79D4F061" w14:textId="77777777" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7916B877" w14:textId="660436AA" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+          <w:p w14:paraId="7916B877" w14:textId="660436AA" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-562644334"/>
                 <w:placeholder>
                   <w:docPart w:val="5F19FFA02EE04304ADBDB6AC985445A0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -4001,51 +3995,51 @@
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7C5672" w14:textId="62921BEC" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+          <w:p w14:paraId="1A7C5672" w14:textId="62921BEC" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1021157499"/>
                 <w:placeholder>
                   <w:docPart w:val="F29C3A3DC90A48FE9270DED5509B6792"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -4076,51 +4070,51 @@
           </w:tcPr>
           <w:p w14:paraId="619FA71E" w14:textId="4DF6E667" w:rsidR="000B7E44" w:rsidRPr="000B7E44" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00180624">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>Are you an Orthopaedic Surgeon?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44DB0B75" w14:textId="1791979D" w:rsidR="000B7E44" w:rsidRPr="005306B9" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
+          <w:p w14:paraId="44DB0B75" w14:textId="1791979D" w:rsidR="000B7E44" w:rsidRPr="005306B9" w:rsidRDefault="00B04A77" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1048579287"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -4468,51 +4462,51 @@
           </w:tcPr>
           <w:p w14:paraId="3EB5207F" w14:textId="77777777" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45AC7D7B" w14:textId="667C9302" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+          <w:p w14:paraId="45AC7D7B" w14:textId="667C9302" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1770450205"/>
                 <w:placeholder>
                   <w:docPart w:val="0BAD0D7F4BCF46F592C4EFDD7DAE899A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -4543,51 +4537,51 @@
           </w:tcPr>
           <w:p w14:paraId="69415AB9" w14:textId="77777777" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B424952" w14:textId="17ED496B" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+          <w:p w14:paraId="0B424952" w14:textId="17ED496B" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-855189856"/>
                 <w:placeholder>
                   <w:docPart w:val="D9F3ADA694B343219018ED9496C93F8B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -4627,51 +4621,51 @@
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="094BD065" w14:textId="74F683F0" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+          <w:p w14:paraId="094BD065" w14:textId="74F683F0" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1408958174"/>
                 <w:placeholder>
                   <w:docPart w:val="A69C50628F98400582A0214507BE629A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -4701,51 +4695,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="12356217" w14:textId="1AEC2C32" w:rsidR="000B7E44" w:rsidRPr="000B7E44" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00180624">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Are you an Orthopaedic Surgeon?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2500D483" w14:textId="5A8C18B8" w:rsidR="000B7E44" w:rsidRPr="005306B9" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
+          <w:p w14:paraId="2500D483" w14:textId="5A8C18B8" w:rsidR="000B7E44" w:rsidRPr="005306B9" w:rsidRDefault="00B04A77" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1031495252"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -5075,51 +5069,51 @@
           </w:tcPr>
           <w:p w14:paraId="622C0C01" w14:textId="77777777" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED57B86" w14:textId="5782C583" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
+          <w:p w14:paraId="4ED57B86" w14:textId="5782C583" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="697205068"/>
                 <w:placeholder>
                   <w:docPart w:val="382CE64795A34F508F7CCF971D5A17B6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
@@ -5152,51 +5146,51 @@
           </w:tcPr>
           <w:p w14:paraId="1E313C00" w14:textId="77777777" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61D79D72" w14:textId="4162A003" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
+          <w:p w14:paraId="61D79D72" w14:textId="4162A003" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1338267289"/>
                 <w:placeholder>
                   <w:docPart w:val="D16B5C0468144514B32110884451FDAD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
@@ -5238,51 +5232,51 @@
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0BC55A18" w14:textId="6C4AEDCB" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
+          <w:p w14:paraId="0BC55A18" w14:textId="6C4AEDCB" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1829047478"/>
                 <w:placeholder>
                   <w:docPart w:val="8B1A570EBFAF407B9565C2A560BD35EE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
@@ -5314,51 +5308,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3B93625C" w14:textId="486F73A6" w:rsidR="000B7E44" w:rsidRPr="000B7E44" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00180624">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Are you an Orthopaedic Surgeon?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20313AA4" w14:textId="102C79E0" w:rsidR="000B7E44" w:rsidRPr="0068791D" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
+          <w:p w14:paraId="20313AA4" w14:textId="102C79E0" w:rsidR="000B7E44" w:rsidRPr="0068791D" w:rsidRDefault="00B04A77" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-828210670"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -5514,51 +5508,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r w:rsidR="0005576A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08B33AC6" w14:textId="0411B3D6" w:rsidR="00B91AFE" w:rsidRPr="005306B9" w:rsidRDefault="00E504DB" w:rsidP="00B91AFE">
+          <w:p w14:paraId="08B33AC6" w14:textId="0411B3D6" w:rsidR="00B91AFE" w:rsidRPr="005306B9" w:rsidRDefault="00B04A77" w:rsidP="00B91AFE">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1051814206"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -5674,51 +5668,51 @@
           </w:tcPr>
           <w:p w14:paraId="447D8B1C" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="001A6371" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F4E9B59" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00CB0710">
+          <w:p w14:paraId="1F4E9B59" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-539351553"/>
                 <w:placeholder>
                   <w:docPart w:val="CAC6C84E77964A7399A5625BCD7084FC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
@@ -5751,51 +5745,51 @@
           </w:tcPr>
           <w:p w14:paraId="15541566" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="001A6371" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55C596DC" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00CB0710">
+          <w:p w14:paraId="55C596DC" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-226695641"/>
                 <w:placeholder>
                   <w:docPart w:val="9F43BAEEE4224572887558FE4D8DBFE5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
@@ -5837,51 +5831,51 @@
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77ABAD35" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00CB0710">
+          <w:p w14:paraId="77ABAD35" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:b w:val="0"/>
                   <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-540675690"/>
                 <w:placeholder>
                   <w:docPart w:val="1AFA543383FB4BB2A42F111B4DE3B6C4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
@@ -5913,51 +5907,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="53E4492F" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="000B7E44" w:rsidRDefault="001A6371" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00180624">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Are you an Orthopaedic Surgeon?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="77D8668A" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="0068791D" w:rsidRDefault="00E504DB" w:rsidP="00CB0710">
+          <w:p w14:paraId="77D8668A" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="0068791D" w:rsidRDefault="00B04A77" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2144184818"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -6113,51 +6107,51 @@
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>not</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F9CE3EA" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="005306B9" w:rsidRDefault="00E504DB" w:rsidP="00CB0710">
+          <w:p w14:paraId="6F9CE3EA" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="005306B9" w:rsidRDefault="00B04A77" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="664219101"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
@@ -6539,51 +6533,51 @@
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E6F93">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Conference submission</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01D7C13C" w14:textId="0C519A9E" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00AF7515">
+          <w:p w14:paraId="01D7C13C" w14:textId="0C519A9E" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00AF7515">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="2101206992"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -6598,51 +6592,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AF7515" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F006D6B" w14:textId="0BC860C0" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00AF7515">
+          <w:p w14:paraId="1F006D6B" w14:textId="0BC860C0" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00AF7515">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1484353157"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -6696,51 +6690,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005E6F93">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Journal publication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A9C82F7" w14:textId="69592279" w:rsidR="007D2F1C" w:rsidRDefault="00E504DB" w:rsidP="007D2F1C">
+          <w:p w14:paraId="0A9C82F7" w14:textId="69592279" w:rsidR="007D2F1C" w:rsidRDefault="00B04A77" w:rsidP="007D2F1C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1832715682"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
@@ -6757,51 +6751,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D2F1C" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3158EFB5" w14:textId="378AA988" w:rsidR="007D2F1C" w:rsidRDefault="00E504DB" w:rsidP="007D2F1C">
+          <w:p w14:paraId="3158EFB5" w14:textId="378AA988" w:rsidR="007D2F1C" w:rsidRDefault="00B04A77" w:rsidP="007D2F1C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1178004631"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
@@ -6880,51 +6874,51 @@
               <w:t xml:space="preserve"> data?</w:t>
             </w:r>
             <w:r w:rsidRPr="005306B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B29232B" w14:textId="768314F1" w:rsidR="007D2F1C" w:rsidRDefault="00E504DB" w:rsidP="007D2F1C">
+          <w:p w14:paraId="0B29232B" w14:textId="768314F1" w:rsidR="007D2F1C" w:rsidRDefault="00B04A77" w:rsidP="007D2F1C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="597215499"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
@@ -6942,51 +6936,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D2F1C" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="525F23AC" w14:textId="77777777" w:rsidR="007D2F1C" w:rsidRDefault="00E504DB" w:rsidP="007D2F1C">
+          <w:p w14:paraId="525F23AC" w14:textId="77777777" w:rsidR="007D2F1C" w:rsidRDefault="00B04A77" w:rsidP="007D2F1C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1993250552"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -7009,51 +7003,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="007D2F1C" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="0094269C">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0094269C" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(please provide details)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4436E610" w14:textId="624FDB1E" w:rsidR="0094269C" w:rsidRDefault="00E504DB" w:rsidP="007D2F1C">
+          <w:p w14:paraId="4436E610" w14:textId="624FDB1E" w:rsidR="0094269C" w:rsidRDefault="00B04A77" w:rsidP="007D2F1C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-192607024"/>
                 <w:placeholder>
                   <w:docPart w:val="FFCB4DBA216F4C07BE95066ECB0202A2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0094269C" w:rsidRPr="00E434A5">
                   <w:rPr>
@@ -7129,51 +7123,51 @@
               <w:t xml:space="preserve">provide specific details of </w:t>
             </w:r>
             <w:r w:rsidRPr="005306B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>the funding.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE7A763" w14:textId="315FEF74" w:rsidR="0035329A" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
+          <w:p w14:paraId="6BE7A763" w14:textId="315FEF74" w:rsidR="0035329A" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="240" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1316918769"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -7193,51 +7187,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0035329A" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
             <w:r w:rsidR="0005576A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="0005576A" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(please provide details)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27C36405" w14:textId="78AB9850" w:rsidR="0035329A" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
+          <w:p w14:paraId="27C36405" w14:textId="78AB9850" w:rsidR="0035329A" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1311753518"/>
                 <w:placeholder>
                   <w:docPart w:val="09FBA93197E14B70BFAF8253EB7D4A45"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A" w:rsidRPr="00E434A5">
                   <w:rPr>
@@ -7250,51 +7244,51 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0005576A" w:rsidRPr="00E434A5" w:rsidDel="0005576A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DE0DA2D" w14:textId="38E7B8E1" w:rsidR="0035329A" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
+          <w:p w14:paraId="0DE0DA2D" w14:textId="38E7B8E1" w:rsidR="0035329A" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1771510466"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00506BA6">
@@ -7387,51 +7381,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">is </w:t>
             </w:r>
             <w:r w:rsidRPr="70BAAEE8">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>combined with another data source.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A696595" w14:textId="49A30E5C" w:rsidR="00F163F4" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00F163F4">
+          <w:p w14:paraId="0A696595" w14:textId="49A30E5C" w:rsidR="00F163F4" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00F163F4">
             <w:pPr>
               <w:spacing w:before="240" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1462761355"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00506BA6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -7471,51 +7465,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(please provide details</w:t>
             </w:r>
             <w:r w:rsidR="00F163F4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> or name of the other registry</w:t>
             </w:r>
             <w:r w:rsidR="00F163F4" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C95CCE5" w14:textId="086AC4AC" w:rsidR="00F163F4" w:rsidRDefault="00E504DB" w:rsidP="00F163F4">
+          <w:p w14:paraId="0C95CCE5" w14:textId="086AC4AC" w:rsidR="00F163F4" w:rsidRDefault="00B04A77" w:rsidP="00F163F4">
             <w:pPr>
               <w:spacing w:before="240" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="180862748"/>
                 <w:placeholder>
                   <w:docPart w:val="0B6D7007088A489F8807E05157206E9D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F163F4" w:rsidRPr="00E434A5">
                   <w:rPr>
@@ -7528,51 +7522,51 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F163F4" w:rsidRPr="00E434A5" w:rsidDel="0005576A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69E21F17" w14:textId="743D584A" w:rsidR="00F163F4" w:rsidRDefault="00E504DB" w:rsidP="00F163F4">
+          <w:p w14:paraId="69E21F17" w14:textId="743D584A" w:rsidR="00F163F4" w:rsidRDefault="00B04A77" w:rsidP="00F163F4">
             <w:pPr>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-294367474"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00506BA6">
@@ -7580,275 +7574,50 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F163F4" w:rsidRPr="0068791D" w:rsidDel="0068791D">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F163F4" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001A6371" w:rsidRPr="00E434A5" w14:paraId="6049B164" w14:textId="77777777" w:rsidTr="70BAAEE8">
-[...223 lines deleted...]
-      </w:tr>
       <w:tr w:rsidR="001A6371" w:rsidRPr="00E434A5" w14:paraId="0032F4B3" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6E80D72E" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="001A6371" w:rsidP="001A6371">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="7255922D" w14:textId="56AB0110" w:rsidR="001A6371" w:rsidRPr="001D66F3" w:rsidRDefault="001A6371" w:rsidP="001A6371">
             <w:pPr>
@@ -7902,138 +7671,138 @@
               </w:rPr>
               <w:t>(I.E. Commercial Interest)</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6FDAF94B" w14:textId="09D98B30" w:rsidR="001A6371" w:rsidRPr="00A27392" w:rsidRDefault="001A6371" w:rsidP="001A6371">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45BF003C" w14:textId="7C68EEEC" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
+          <w:p w14:paraId="45BF003C" w14:textId="7C68EEEC" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="240" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2060779800"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A6371">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3E9AB200" w14:textId="581F59A5" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
+          <w:p w14:paraId="3E9AB200" w14:textId="581F59A5" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="240" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1730644918"/>
                 <w:placeholder>
                   <w:docPart w:val="C02B53845A00473AAF7098CE70DA9170"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EE2EA18" w14:textId="7880B711" w:rsidR="001A6371" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
+          <w:p w14:paraId="3EE2EA18" w14:textId="7880B711" w:rsidR="001A6371" w:rsidRDefault="00B04A77" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1311858767"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
@@ -8056,51 +7825,51 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
             <w:r w:rsidR="001A6371">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(please provide details)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4FAB784D" w14:textId="3125CE9E" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
+          <w:p w14:paraId="4FAB784D" w14:textId="3125CE9E" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1104624028"/>
                 <w:placeholder>
                   <w:docPart w:val="2AEED5C7D4F642E08C1E7209BFDA155E"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
                   <w:rPr>
@@ -8581,51 +8350,51 @@
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>.”</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="212F75C2" w14:textId="77777777" w:rsidTr="7DDEB7BB">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="58BB36BA" w14:textId="77777777" w:rsidR="0035329A" w:rsidRPr="004F7EF6" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
+          <w:p w14:paraId="58BB36BA" w14:textId="77777777" w:rsidR="0035329A" w:rsidRPr="004F7EF6" w:rsidRDefault="00B04A77" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="862097600"/>
                 <w:placeholder>
                   <w:docPart w:val="CBBF7B9593E94E8AB060FB8CCDE17756"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0035329A" w:rsidRPr="004F7EF6">
                   <w:rPr>
@@ -8671,51 +8440,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Please specify which part of the project the current request pertains to: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="3A3AA2DD" w14:textId="77777777" w:rsidTr="7DDEB7BB">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="27A9DAC6" w14:textId="77777777" w:rsidR="0035329A" w:rsidRPr="004F7EF6" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
+          <w:p w14:paraId="27A9DAC6" w14:textId="77777777" w:rsidR="0035329A" w:rsidRPr="004F7EF6" w:rsidRDefault="00B04A77" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1905724407"/>
                 <w:placeholder>
                   <w:docPart w:val="678CC50680874216A4608394F7DF4F3F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0035329A" w:rsidRPr="004F7EF6">
                   <w:rPr>
@@ -8820,51 +8589,50 @@
           <w:trHeight w:val="742"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="74185206" w14:textId="51B967E1" w:rsidR="0035329A" w:rsidRPr="008772B4" w:rsidRDefault="0035329A" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008772B4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Can you please confirm that the document is attached to the </w:t>
             </w:r>
             <w:r w:rsidRPr="00716742">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t>request</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
             <w:r w:rsidRPr="00716742">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:sdt>
               <w:sdtPr>
@@ -9143,50 +8911,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1D507310" w14:textId="240EFB92" w:rsidR="000338C8" w:rsidRPr="000338C8" w:rsidRDefault="000338C8" w:rsidP="000338C8">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008772B4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Can you please confirm that the </w:t>
             </w:r>
             <w:r w:rsidR="00026C53">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t>literature review document</w:t>
             </w:r>
             <w:r w:rsidR="00026C53" w:rsidRPr="008772B4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="008772B4">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">is attached to the </w:t>
             </w:r>
             <w:r w:rsidRPr="00716742">
               <w:rPr>
@@ -9687,51 +9456,51 @@
             <w:r w:rsidRPr="000E5113">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Hypothesis</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="5B8B154C" w14:textId="77777777" w:rsidTr="008772B4">
         <w:trPr>
           <w:trHeight w:val="261"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0FCD8C46" w14:textId="6BA9D7F8" w:rsidR="0035329A" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
+          <w:p w14:paraId="0FCD8C46" w14:textId="6BA9D7F8" w:rsidR="0035329A" w:rsidRDefault="00B04A77" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1576356051"/>
                 <w:placeholder>
                   <w:docPart w:val="6847658A234349DCBD3D177C07D91164"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0035329A" w:rsidRPr="004F7EF6">
                   <w:rPr>
@@ -9781,51 +9550,51 @@
             <w:r w:rsidR="00D23555">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="621B645B" w14:textId="77777777" w:rsidTr="7DDEB7BB">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77C88175" w14:textId="40F2CFF0" w:rsidR="0035329A" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
+          <w:p w14:paraId="77C88175" w14:textId="40F2CFF0" w:rsidR="0035329A" w:rsidRDefault="00B04A77" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-941693443"/>
                 <w:placeholder>
                   <w:docPart w:val="50C6A45997FB4F789BCD078F6DFCF224"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0035329A" w:rsidRPr="004F7EF6">
                   <w:rPr>
@@ -9877,51 +9646,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">/Rationale </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:bookmarkEnd w:id="2"/>
       <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="1C92B8DD" w14:textId="77777777" w:rsidTr="7DDEB7BB">
         <w:trPr>
           <w:trHeight w:val="530"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="14F881A8" w14:textId="5A6936FF" w:rsidR="0035329A" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
+          <w:p w14:paraId="14F881A8" w14:textId="5A6936FF" w:rsidR="0035329A" w:rsidRDefault="00B04A77" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-293835923"/>
                 <w:placeholder>
                   <w:docPart w:val="2490D8CBDF154565BE96650DC95210F7"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0035329A" w:rsidRPr="004F7EF6">
                   <w:rPr>
@@ -10334,98 +10103,98 @@
               <w:t xml:space="preserve"> may be selected per project; if data for an additional joint is required, a separate request must be submitted.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3615D2EF" w14:textId="31EBEF42" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
+          <w:p w14:paraId="3615D2EF" w14:textId="31EBEF42" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-100808408"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Hip</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22C5E96C" w14:textId="579E822A" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
+          <w:p w14:paraId="22C5E96C" w14:textId="579E822A" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="580567152"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
@@ -10440,51 +10209,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Knee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78CC167C" w14:textId="2AB1AF58" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
+          <w:p w14:paraId="78CC167C" w14:textId="2AB1AF58" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-375087996"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -10542,51 +10311,51 @@
             </w:sdt>
             <w:r w:rsidR="00C30B0B" w:rsidRPr="00716742">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00C30B0B" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Other </w:t>
             </w:r>
             <w:r w:rsidR="00C30B0B" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(please specify</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26577CA1" w14:textId="40AF4948" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
+          <w:p w14:paraId="26577CA1" w14:textId="40AF4948" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-187836679"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -10725,51 +10494,51 @@
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>Detai</w:t>
             </w:r>
             <w:r w:rsidR="00365C1A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>l:</w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> manufacturer, size, fixation, etc</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68EE8CA7" w14:textId="3886AF59" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
+          <w:p w14:paraId="68EE8CA7" w14:textId="3886AF59" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="256720428"/>
                 <w:placeholder>
                   <w:docPart w:val="84E466A8B48F43EDA542ECD4D5D1CD4A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -10874,51 +10643,51 @@
           <w:p w14:paraId="21ADC4D7" w14:textId="1D5C5BAD" w:rsidR="00716106" w:rsidRPr="005E6F93" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22653191" w14:textId="2A09BB9B" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
+          <w:p w14:paraId="22653191" w14:textId="2A09BB9B" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1646426301"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -10934,51 +10703,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Primary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2B49C4" w14:textId="45AEE17F" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
+          <w:p w14:paraId="1F2B49C4" w14:textId="45AEE17F" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="753856273"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11089,51 +10858,51 @@
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005306B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Age </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2266" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A7F2BB2" w14:textId="7329AD77" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
+          <w:p w14:paraId="5A7F2BB2" w14:textId="7329AD77" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00716106">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-578980302"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11165,51 +10934,51 @@
                 <w:b/>
                 <w:bCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">     groups </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3546" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E264885" w14:textId="0A4AC1B3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="70BAAEE8">
+          <w:p w14:paraId="5E264885" w14:textId="0A4AC1B3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="70BAAEE8">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1771197485"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="26372F95" w:rsidRPr="70BAAEE8">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi"/>
@@ -11330,51 +11099,51 @@
                 <w:bCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Sex</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1933E237" w14:textId="548DB407" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
+          <w:p w14:paraId="1933E237" w14:textId="548DB407" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="236296002"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11390,51 +11159,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">All  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="767A1EA3" w14:textId="36C4131C" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
+          <w:p w14:paraId="767A1EA3" w14:textId="36C4131C" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="771745696"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11449,51 +11218,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D676BB7" w14:textId="7A3ED7C3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
+          <w:p w14:paraId="4D676BB7" w14:textId="7A3ED7C3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-49998041"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11559,51 +11328,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005306B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Diagnosis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36807576" w14:textId="2BFD4834" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
+          <w:p w14:paraId="36807576" w14:textId="2BFD4834" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1995178875"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11619,51 +11388,51 @@
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>OA only</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3201A1" w14:textId="12A53077" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
+          <w:p w14:paraId="4B3201A1" w14:textId="12A53077" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1090426687"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11678,51 +11447,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>All diagnoses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F674719" w14:textId="6FBEBAC0" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
+          <w:p w14:paraId="5F674719" w14:textId="6FBEBAC0" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1860652515"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11809,51 +11578,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A89B2DA" w14:textId="77777777" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F9F4A9C" w14:textId="027E75A3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="56AB8D65">
+          <w:p w14:paraId="3F9F4A9C" w14:textId="027E75A3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="56AB8D65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-447927349"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0068791D">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -11952,51 +11721,51 @@
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="197957B5" w14:textId="77777777" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F267964" w14:textId="3E55D9CF" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="56AB8D65">
+          <w:p w14:paraId="5F267964" w14:textId="3E55D9CF" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="56AB8D65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1705624279"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -12217,51 +11986,51 @@
               <w:t>.</w:t>
             </w:r>
             <w:r w:rsidR="007940BB">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:br/>
             </w:r>
             <w:r w:rsidR="009F6075">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve"> If a specific approach is required, please specify </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E969AD7" w14:textId="020AAD95" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
+          <w:p w14:paraId="5E969AD7" w14:textId="020AAD95" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1382785153"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
@@ -12455,51 +12224,51 @@
             </w:pPr>
             <w:r w:rsidRPr="00AC1110">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">Please define all groups to be compared </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8753" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D79D755" w14:textId="7758066E" w:rsidR="00675A5D" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00273C1A">
+          <w:p w14:paraId="5D79D755" w14:textId="7758066E" w:rsidR="00675A5D" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00273C1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-820107157"/>
                 <w:placeholder>
                   <w:docPart w:val="5454FB7FDEEF4DF6ADA16CB9DEBEF2C9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
                   <w:rPr>
@@ -12570,51 +12339,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009711BB" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Revision</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7824" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3936FF" w14:textId="19EB8898" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00D05A6E">
+          <w:p w14:paraId="1F3936FF" w14:textId="19EB8898" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00D05A6E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1658878738"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
@@ -12682,51 +12451,51 @@
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="242F139C" w14:textId="77777777" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="009711BB" w:rsidP="00375082">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7824" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6953C52B" w14:textId="562A1372" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00D05A6E">
+          <w:p w14:paraId="6953C52B" w14:textId="562A1372" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00D05A6E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1665287640"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -12860,51 +12629,51 @@
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4931CA07" w14:textId="77777777" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="009711BB" w:rsidP="00375082">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7824" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4298BF18" w14:textId="6CADF892" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00D05A6E">
+          <w:p w14:paraId="4298BF18" w14:textId="6CADF892" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00D05A6E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-745884446"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
@@ -13036,51 +12805,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Mortality </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C4467FA" w14:textId="67B29D26" w:rsidR="00F8596B" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00622CB7">
+          <w:p w14:paraId="1C4467FA" w14:textId="67B29D26" w:rsidR="00F8596B" w:rsidRPr="00737346" w:rsidRDefault="00B04A77" w:rsidP="00622CB7">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-81536232"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="001728DA" w:rsidRPr="00737346">
@@ -13102,51 +12871,51 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CD08EF" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Early</w:t>
             </w:r>
             <w:r w:rsidR="006E008D" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F8596B" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">(30 days) </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="476D7912" w14:textId="77777777" w:rsidR="00CD08EF" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00622CB7">
+          <w:p w14:paraId="476D7912" w14:textId="77777777" w:rsidR="00CD08EF" w:rsidRPr="00737346" w:rsidRDefault="00B04A77" w:rsidP="00622CB7">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1524135469"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00F8596B" w:rsidRPr="00737346">
@@ -13154,51 +12923,51 @@
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00F8596B" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00F8596B" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Early (90 days)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1D31A276" w14:textId="3936919B" w:rsidR="000A6F62" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00622CB7">
+          <w:p w14:paraId="1D31A276" w14:textId="3936919B" w:rsidR="000A6F62" w:rsidRPr="00737346" w:rsidRDefault="00B04A77" w:rsidP="00622CB7">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="334965524"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="000A6F62" w:rsidRPr="00737346">
@@ -13218,51 +12987,51 @@
                 <w:color w:val="auto"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="000A6F62" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Early (1 year)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5822" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="023F1CD7" w14:textId="77777777" w:rsidR="00CD08EF" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00675A5D">
+          <w:p w14:paraId="023F1CD7" w14:textId="77777777" w:rsidR="00CD08EF" w:rsidRPr="00737346" w:rsidRDefault="00B04A77" w:rsidP="00675A5D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="2030376752"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006E008D" w:rsidRPr="00737346">
                   <w:rPr>
@@ -13276,51 +13045,51 @@
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0068791D" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
                 <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CD08EF" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Late</w:t>
             </w:r>
             <w:r w:rsidR="006E008D" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> (&gt;1 year)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="53F03430" w14:textId="250675DB" w:rsidR="006E008D" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00675A5D">
+          <w:p w14:paraId="53F03430" w14:textId="250675DB" w:rsidR="006E008D" w:rsidRPr="00737346" w:rsidRDefault="00B04A77" w:rsidP="00675A5D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1803303563"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006E008D" w:rsidRPr="00737346">
                   <w:rPr>
@@ -13394,102 +13163,102 @@
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1A6ABE16" w14:textId="77777777" w:rsidR="00027679" w:rsidRDefault="00027679" w:rsidP="00215C2F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00027679">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>The standard approach for all research requests is survival analysis, which includes Kaplan-Meier estimates of survivorship and Cox proportional hazard ratios. Please indicate if an alternative analysis approach is required. Note that any different approach will need to be approved by the Clinical Directors.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C816EAC" w14:textId="120D11A6" w:rsidR="00066B2C" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00215C2F">
+          <w:p w14:paraId="5C816EAC" w14:textId="120D11A6" w:rsidR="00066B2C" w:rsidRPr="00737346" w:rsidRDefault="00B04A77" w:rsidP="00215C2F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-382946638"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0047211F" w:rsidRPr="00737346">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
                     <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="0047211F" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> N</w:t>
             </w:r>
             <w:r w:rsidR="007229CA" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7C555459" w14:textId="550F9D52" w:rsidR="00675A5D" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00BC38F4">
+          <w:p w14:paraId="7C555459" w14:textId="550F9D52" w:rsidR="00675A5D" w:rsidRPr="00737346" w:rsidRDefault="00B04A77" w:rsidP="00BC38F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="2118100501"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="0005576A" w:rsidRPr="00737346">
                   <w:rPr>
@@ -13600,51 +13369,51 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Additional Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007F4CAC" w:rsidRPr="00E434A5" w14:paraId="3B39574B" w14:textId="77777777" w:rsidTr="00D836C4">
         <w:trPr>
           <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45E69D9D" w14:textId="3CE7DDBE" w:rsidR="007F4CAC" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00375082">
+          <w:p w14:paraId="45E69D9D" w14:textId="3CE7DDBE" w:rsidR="007F4CAC" w:rsidRPr="00E434A5" w:rsidRDefault="00B04A77" w:rsidP="00375082">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-960098155"/>
                 <w:placeholder>
                   <w:docPart w:val="97B73F8984CF408694BFDAC196AAE79F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007F4CAC" w:rsidRPr="00E434A5">
                   <w:rPr>
@@ -13915,51 +13684,51 @@
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="105BF523" w14:textId="77777777" w:rsidR="00D836C4" w:rsidRDefault="00FA031A" w:rsidP="00D836C4">
+  <w:p w14:paraId="105BF523" w14:textId="16F5404A" w:rsidR="00D836C4" w:rsidRDefault="00FA031A" w:rsidP="00D836C4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="5529"/>
       </w:tabs>
       <w:ind w:right="142"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -14057,79 +13826,115 @@
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00D836C4">
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
-      <w:t>Version 2.4</w:t>
+      <w:t>Version 2.</w:t>
+    </w:r>
+    <w:r w:rsidR="00B04A77">
+      <w:rPr>
+        <w:color w:val="999999"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-AU"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="32D7E9D3" w14:textId="77777777" w:rsidR="00D836C4" w:rsidRPr="00FA031A" w:rsidRDefault="00D836C4" w:rsidP="00D836C4">
+  <w:p w14:paraId="32D7E9D3" w14:textId="66C9A8AA" w:rsidR="00D836C4" w:rsidRPr="00FA031A" w:rsidRDefault="00D836C4" w:rsidP="00D836C4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="5529"/>
       </w:tabs>
       <w:ind w:right="142"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
-      <w:t>Approved December 2025</w:t>
+      <w:t xml:space="preserve">Approved </w:t>
+    </w:r>
+    <w:r w:rsidR="00B04A77">
+      <w:rPr>
+        <w:color w:val="999999"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-AU"/>
+      </w:rPr>
+      <w:t>March</w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:color w:val="999999"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-AU"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00B04A77">
+      <w:rPr>
+        <w:color w:val="999999"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-AU"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="62A8D2BA" w14:textId="203220A4" w:rsidR="005960D9" w:rsidRPr="00FA031A" w:rsidRDefault="005960D9" w:rsidP="00D836C4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="5529"/>
       </w:tabs>
       <w:ind w:right="142"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -14248,131 +14053,149 @@
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="202F94B9" w14:textId="77777777" w:rsidR="00296F3B" w:rsidRDefault="00296F3B" w:rsidP="00296F3B">
+  <w:p w14:paraId="202F94B9" w14:textId="25B2FF6B" w:rsidR="00296F3B" w:rsidRDefault="00296F3B" w:rsidP="00296F3B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="5529"/>
       </w:tabs>
       <w:ind w:right="142"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
-      <w:t>Version 2.4</w:t>
+      <w:t>Version 2.</w:t>
+    </w:r>
+    <w:r w:rsidR="00B04A77">
+      <w:rPr>
+        <w:color w:val="999999"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-AU"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="5C6943CA" w14:textId="205717AF" w:rsidR="00296F3B" w:rsidRPr="00FA031A" w:rsidRDefault="00526DA9" w:rsidP="00296F3B">
+  <w:p w14:paraId="5C6943CA" w14:textId="6B1A65F1" w:rsidR="00296F3B" w:rsidRPr="00FA031A" w:rsidRDefault="00526DA9" w:rsidP="00296F3B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="5529"/>
       </w:tabs>
       <w:ind w:right="142"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:t>Approved</w:t>
     </w:r>
     <w:r w:rsidR="006463C1">
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="005646DB">
+    <w:r w:rsidR="00B04A77">
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
-      <w:t>December</w:t>
+      <w:t>March</w:t>
     </w:r>
     <w:r w:rsidR="006463C1">
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2025</w:t>
+      <w:t xml:space="preserve"> 202</w:t>
+    </w:r>
+    <w:r w:rsidR="00B04A77">
+      <w:rPr>
+        <w:color w:val="999999"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-AU"/>
+      </w:rPr>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="384BF739" w14:textId="563CD7DA" w:rsidR="005960D9" w:rsidRPr="005960D9" w:rsidRDefault="005960D9" w:rsidP="00296F3B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="5529"/>
       </w:tabs>
       <w:ind w:right="142"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
@@ -17788,51 +17611,51 @@
   </w:num>
   <w:num w:numId="25" w16cid:durableId="15621166">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1930847139">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1839807727">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="465858640">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="232399831">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="1867863324">
     <w:abstractNumId w:val="28"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="1"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="120"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -18154,50 +17977,51 @@
     <w:rsid w:val="00496D36"/>
     <w:rsid w:val="00497442"/>
     <w:rsid w:val="004A0496"/>
     <w:rsid w:val="004A07A6"/>
     <w:rsid w:val="004A10E0"/>
     <w:rsid w:val="004A1ACA"/>
     <w:rsid w:val="004A3942"/>
     <w:rsid w:val="004A3A49"/>
     <w:rsid w:val="004A749C"/>
     <w:rsid w:val="004B091C"/>
     <w:rsid w:val="004B1520"/>
     <w:rsid w:val="004B2DE1"/>
     <w:rsid w:val="004B4343"/>
     <w:rsid w:val="004C2C0B"/>
     <w:rsid w:val="004C4C7E"/>
     <w:rsid w:val="004C78E5"/>
     <w:rsid w:val="004D2B9D"/>
     <w:rsid w:val="004D408A"/>
     <w:rsid w:val="004E0B43"/>
     <w:rsid w:val="004E1D0D"/>
     <w:rsid w:val="004E39BF"/>
     <w:rsid w:val="004E5CA2"/>
     <w:rsid w:val="004F3F5B"/>
     <w:rsid w:val="004F4297"/>
     <w:rsid w:val="004F4D0E"/>
+    <w:rsid w:val="004F5B19"/>
     <w:rsid w:val="004F601B"/>
     <w:rsid w:val="004F699E"/>
     <w:rsid w:val="004F7EF6"/>
     <w:rsid w:val="005021E8"/>
     <w:rsid w:val="00503D33"/>
     <w:rsid w:val="00506087"/>
     <w:rsid w:val="00506539"/>
     <w:rsid w:val="00506BA6"/>
     <w:rsid w:val="00507A2D"/>
     <w:rsid w:val="005110C1"/>
     <w:rsid w:val="0051444D"/>
     <w:rsid w:val="005157E1"/>
     <w:rsid w:val="00516F22"/>
     <w:rsid w:val="00517341"/>
     <w:rsid w:val="00526DA9"/>
     <w:rsid w:val="005306B9"/>
     <w:rsid w:val="00531322"/>
     <w:rsid w:val="00533D32"/>
     <w:rsid w:val="0053411B"/>
     <w:rsid w:val="00535EE4"/>
     <w:rsid w:val="0054287E"/>
     <w:rsid w:val="005445C3"/>
     <w:rsid w:val="00550EC8"/>
     <w:rsid w:val="00552A1D"/>
     <w:rsid w:val="00554F0A"/>
@@ -18322,50 +18146,51 @@
     <w:rsid w:val="00704372"/>
     <w:rsid w:val="007051E4"/>
     <w:rsid w:val="007076BB"/>
     <w:rsid w:val="00716106"/>
     <w:rsid w:val="00716742"/>
     <w:rsid w:val="00720064"/>
     <w:rsid w:val="00720A82"/>
     <w:rsid w:val="007229CA"/>
     <w:rsid w:val="00724160"/>
     <w:rsid w:val="00732E02"/>
     <w:rsid w:val="00734B68"/>
     <w:rsid w:val="00736991"/>
     <w:rsid w:val="00737346"/>
     <w:rsid w:val="00737501"/>
     <w:rsid w:val="0074531E"/>
     <w:rsid w:val="007514AF"/>
     <w:rsid w:val="00757F39"/>
     <w:rsid w:val="007601B2"/>
     <w:rsid w:val="00762913"/>
     <w:rsid w:val="007667F8"/>
     <w:rsid w:val="00766D51"/>
     <w:rsid w:val="00766FF1"/>
     <w:rsid w:val="00772013"/>
     <w:rsid w:val="00772D60"/>
     <w:rsid w:val="0077612A"/>
+    <w:rsid w:val="007803F6"/>
     <w:rsid w:val="00780F83"/>
     <w:rsid w:val="00790717"/>
     <w:rsid w:val="00790B8A"/>
     <w:rsid w:val="00792591"/>
     <w:rsid w:val="007940BB"/>
     <w:rsid w:val="00794119"/>
     <w:rsid w:val="007A15D2"/>
     <w:rsid w:val="007A34BC"/>
     <w:rsid w:val="007A35DF"/>
     <w:rsid w:val="007A552C"/>
     <w:rsid w:val="007A5ABC"/>
     <w:rsid w:val="007B1442"/>
     <w:rsid w:val="007B18C6"/>
     <w:rsid w:val="007B67B3"/>
     <w:rsid w:val="007C11BD"/>
     <w:rsid w:val="007C3A7C"/>
     <w:rsid w:val="007C534B"/>
     <w:rsid w:val="007D2A8F"/>
     <w:rsid w:val="007D2F1C"/>
     <w:rsid w:val="007E049B"/>
     <w:rsid w:val="007E05EE"/>
     <w:rsid w:val="007E060A"/>
     <w:rsid w:val="007E0F6A"/>
     <w:rsid w:val="007E19DC"/>
     <w:rsid w:val="007E2C83"/>
@@ -18390,50 +18215,51 @@
     <w:rsid w:val="008160CA"/>
     <w:rsid w:val="00817982"/>
     <w:rsid w:val="00820435"/>
     <w:rsid w:val="00823335"/>
     <w:rsid w:val="00825950"/>
     <w:rsid w:val="00825FC8"/>
     <w:rsid w:val="00826204"/>
     <w:rsid w:val="008263DC"/>
     <w:rsid w:val="0082674B"/>
     <w:rsid w:val="0083331A"/>
     <w:rsid w:val="00836646"/>
     <w:rsid w:val="0083685B"/>
     <w:rsid w:val="00836EEA"/>
     <w:rsid w:val="0083719A"/>
     <w:rsid w:val="0084012F"/>
     <w:rsid w:val="0084289D"/>
     <w:rsid w:val="0084424E"/>
     <w:rsid w:val="00844DCB"/>
     <w:rsid w:val="008501CE"/>
     <w:rsid w:val="00850AE9"/>
     <w:rsid w:val="008561CD"/>
     <w:rsid w:val="008607AA"/>
     <w:rsid w:val="008626E2"/>
     <w:rsid w:val="00865EC7"/>
     <w:rsid w:val="008741DB"/>
+    <w:rsid w:val="008751F5"/>
     <w:rsid w:val="00875486"/>
     <w:rsid w:val="0087589F"/>
     <w:rsid w:val="008770FD"/>
     <w:rsid w:val="008772B4"/>
     <w:rsid w:val="00884B14"/>
     <w:rsid w:val="0088671E"/>
     <w:rsid w:val="00890079"/>
     <w:rsid w:val="00890FCE"/>
     <w:rsid w:val="008929D6"/>
     <w:rsid w:val="00893345"/>
     <w:rsid w:val="00894B39"/>
     <w:rsid w:val="008961BF"/>
     <w:rsid w:val="00897245"/>
     <w:rsid w:val="00897443"/>
     <w:rsid w:val="008A49BB"/>
     <w:rsid w:val="008A6391"/>
     <w:rsid w:val="008B193E"/>
     <w:rsid w:val="008B3B14"/>
     <w:rsid w:val="008B585B"/>
     <w:rsid w:val="008C0945"/>
     <w:rsid w:val="008C2597"/>
     <w:rsid w:val="008C25EF"/>
     <w:rsid w:val="008C3488"/>
     <w:rsid w:val="008C3C1F"/>
     <w:rsid w:val="008C543E"/>
@@ -18533,50 +18359,51 @@
     <w:rsid w:val="009F357F"/>
     <w:rsid w:val="009F6075"/>
     <w:rsid w:val="009F69A5"/>
     <w:rsid w:val="009F77E3"/>
     <w:rsid w:val="00A00198"/>
     <w:rsid w:val="00A062B3"/>
     <w:rsid w:val="00A06FCD"/>
     <w:rsid w:val="00A0761D"/>
     <w:rsid w:val="00A10815"/>
     <w:rsid w:val="00A10F65"/>
     <w:rsid w:val="00A114D1"/>
     <w:rsid w:val="00A12A0B"/>
     <w:rsid w:val="00A133AC"/>
     <w:rsid w:val="00A14829"/>
     <w:rsid w:val="00A14D49"/>
     <w:rsid w:val="00A15468"/>
     <w:rsid w:val="00A177B7"/>
     <w:rsid w:val="00A219D4"/>
     <w:rsid w:val="00A23575"/>
     <w:rsid w:val="00A24F08"/>
     <w:rsid w:val="00A25926"/>
     <w:rsid w:val="00A27392"/>
     <w:rsid w:val="00A2790D"/>
     <w:rsid w:val="00A346A5"/>
     <w:rsid w:val="00A41622"/>
+    <w:rsid w:val="00A41F61"/>
     <w:rsid w:val="00A41F89"/>
     <w:rsid w:val="00A424BF"/>
     <w:rsid w:val="00A4348C"/>
     <w:rsid w:val="00A4385A"/>
     <w:rsid w:val="00A540B4"/>
     <w:rsid w:val="00A54A10"/>
     <w:rsid w:val="00A55EA9"/>
     <w:rsid w:val="00A5646A"/>
     <w:rsid w:val="00A56568"/>
     <w:rsid w:val="00A604F8"/>
     <w:rsid w:val="00A60580"/>
     <w:rsid w:val="00A623BC"/>
     <w:rsid w:val="00A66E86"/>
     <w:rsid w:val="00A77811"/>
     <w:rsid w:val="00A83385"/>
     <w:rsid w:val="00A83AF6"/>
     <w:rsid w:val="00A83BD2"/>
     <w:rsid w:val="00A83CCD"/>
     <w:rsid w:val="00A85FA7"/>
     <w:rsid w:val="00A86996"/>
     <w:rsid w:val="00A90CF1"/>
     <w:rsid w:val="00A90FB8"/>
     <w:rsid w:val="00A92F76"/>
     <w:rsid w:val="00A93D59"/>
     <w:rsid w:val="00A97583"/>
@@ -18599,50 +18426,51 @@
     <w:rsid w:val="00AD2F5F"/>
     <w:rsid w:val="00AD4ACA"/>
     <w:rsid w:val="00AD5C36"/>
     <w:rsid w:val="00AE05E9"/>
     <w:rsid w:val="00AE2AC4"/>
     <w:rsid w:val="00AE2CC0"/>
     <w:rsid w:val="00AE42E2"/>
     <w:rsid w:val="00AE58B0"/>
     <w:rsid w:val="00AE5FCD"/>
     <w:rsid w:val="00AE627C"/>
     <w:rsid w:val="00AF0701"/>
     <w:rsid w:val="00AF1CF4"/>
     <w:rsid w:val="00AF2A20"/>
     <w:rsid w:val="00AF50A1"/>
     <w:rsid w:val="00AF52EF"/>
     <w:rsid w:val="00AF57C1"/>
     <w:rsid w:val="00AF5DCF"/>
     <w:rsid w:val="00AF65BA"/>
     <w:rsid w:val="00AF7515"/>
     <w:rsid w:val="00B001BA"/>
     <w:rsid w:val="00B00CCD"/>
     <w:rsid w:val="00B010A4"/>
     <w:rsid w:val="00B024DE"/>
     <w:rsid w:val="00B031D2"/>
     <w:rsid w:val="00B040AD"/>
+    <w:rsid w:val="00B04A77"/>
     <w:rsid w:val="00B0782F"/>
     <w:rsid w:val="00B10E43"/>
     <w:rsid w:val="00B14285"/>
     <w:rsid w:val="00B16F71"/>
     <w:rsid w:val="00B233D2"/>
     <w:rsid w:val="00B23463"/>
     <w:rsid w:val="00B2370C"/>
     <w:rsid w:val="00B277F3"/>
     <w:rsid w:val="00B30A21"/>
     <w:rsid w:val="00B33F29"/>
     <w:rsid w:val="00B357DA"/>
     <w:rsid w:val="00B3696F"/>
     <w:rsid w:val="00B41D4A"/>
     <w:rsid w:val="00B44DB3"/>
     <w:rsid w:val="00B46A4B"/>
     <w:rsid w:val="00B50416"/>
     <w:rsid w:val="00B511BD"/>
     <w:rsid w:val="00B51AD7"/>
     <w:rsid w:val="00B54AF3"/>
     <w:rsid w:val="00B56DDE"/>
     <w:rsid w:val="00B57CA4"/>
     <w:rsid w:val="00B652DB"/>
     <w:rsid w:val="00B67528"/>
     <w:rsid w:val="00B67D59"/>
     <w:rsid w:val="00B7176B"/>
@@ -21423,79 +21251,50 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{CFD67830-738A-4BA9-B901-8620DDC95972}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0076001A" w:rsidRDefault="0076001A" w:rsidP="0076001A">
           <w:pPr>
             <w:pStyle w:val="1AFA543383FB4BB2A42F111B4DE3B6C4"/>
           </w:pPr>
           <w:r w:rsidRPr="00692A90">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="5572FD1D7E1B4C5B9B4472AA861C2E0F"/>
-[...27 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="C02B53845A00473AAF7098CE70DA9170"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{5F82F912-C38C-451E-89ED-B35D6B6F6C7F}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0076001A" w:rsidRDefault="0076001A" w:rsidP="0076001A">
           <w:pPr>
             <w:pStyle w:val="C02B53845A00473AAF7098CE70DA9170"/>
           </w:pPr>
           <w:r w:rsidRPr="00692A90">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
@@ -21752,58 +21551,56 @@
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
-    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
-    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -21852,59 +21649,61 @@
     <w:rsid w:val="004829B3"/>
     <w:rsid w:val="004A1ACA"/>
     <w:rsid w:val="004C2C0B"/>
     <w:rsid w:val="004C5B17"/>
     <w:rsid w:val="004D6170"/>
     <w:rsid w:val="00561D73"/>
     <w:rsid w:val="00577BCC"/>
     <w:rsid w:val="00590BFF"/>
     <w:rsid w:val="0059705A"/>
     <w:rsid w:val="005F49D7"/>
     <w:rsid w:val="00606CCA"/>
     <w:rsid w:val="00620773"/>
     <w:rsid w:val="00627F77"/>
     <w:rsid w:val="00650114"/>
     <w:rsid w:val="00656B51"/>
     <w:rsid w:val="00665AB1"/>
     <w:rsid w:val="00686484"/>
     <w:rsid w:val="006909D9"/>
     <w:rsid w:val="0069589A"/>
     <w:rsid w:val="006B5971"/>
     <w:rsid w:val="006D7381"/>
     <w:rsid w:val="00740014"/>
     <w:rsid w:val="0074503F"/>
     <w:rsid w:val="0076001A"/>
     <w:rsid w:val="00773C47"/>
+    <w:rsid w:val="007803F6"/>
     <w:rsid w:val="007C70FA"/>
     <w:rsid w:val="007E05EE"/>
     <w:rsid w:val="007F25E0"/>
     <w:rsid w:val="00813E01"/>
     <w:rsid w:val="008242CF"/>
     <w:rsid w:val="0083685B"/>
     <w:rsid w:val="00842871"/>
     <w:rsid w:val="00850AE9"/>
     <w:rsid w:val="008714AC"/>
+    <w:rsid w:val="008751F5"/>
     <w:rsid w:val="009D2F21"/>
     <w:rsid w:val="009E03D2"/>
     <w:rsid w:val="009E4473"/>
     <w:rsid w:val="009E44F6"/>
     <w:rsid w:val="00A14D49"/>
     <w:rsid w:val="00A41F89"/>
     <w:rsid w:val="00A540B4"/>
     <w:rsid w:val="00A54E6C"/>
     <w:rsid w:val="00A85779"/>
     <w:rsid w:val="00AA7CCC"/>
     <w:rsid w:val="00AC1A66"/>
     <w:rsid w:val="00AC7FDC"/>
     <w:rsid w:val="00AD251B"/>
     <w:rsid w:val="00AD53F4"/>
     <w:rsid w:val="00AE627C"/>
     <w:rsid w:val="00AF0701"/>
     <w:rsid w:val="00AF1CF4"/>
     <w:rsid w:val="00AF5DCF"/>
     <w:rsid w:val="00B33F29"/>
     <w:rsid w:val="00B46A4B"/>
     <w:rsid w:val="00B907B6"/>
     <w:rsid w:val="00BA5644"/>
     <w:rsid w:val="00BE0E01"/>
     <w:rsid w:val="00BE6903"/>
     <w:rsid w:val="00BF4C98"/>
@@ -22411,93 +22210,50 @@
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A148078CC8C46ED95C186B198E54D3C">
     <w:name w:val="6A148078CC8C46ED95C186B198E54D3C"/>
     <w:rsid w:val="00240935"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BD47878735224F09922AE2A7B6B2B7AF">
     <w:name w:val="BD47878735224F09922AE2A7B6B2B7AF"/>
     <w:rsid w:val="00240935"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="50F82C8519794CB2996EF43702A1BD1A">
     <w:name w:val="50F82C8519794CB2996EF43702A1BD1A"/>
     <w:rsid w:val="00240935"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="84E466A8B48F43EDA542ECD4D5D1CD4A">
     <w:name w:val="84E466A8B48F43EDA542ECD4D5D1CD4A"/>
     <w:rsid w:val="00240935"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9537413797A14F199050B295356AD71D">
     <w:name w:val="9537413797A14F199050B295356AD71D"/>
     <w:rsid w:val="00240935"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="91B2CFD8B91E4D58B574E0BA5A848E1A">
     <w:name w:val="91B2CFD8B91E4D58B574E0BA5A848E1A"/>
     <w:rsid w:val="00240935"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0F537CC0D48C4C209FFF60AB7F7F0CC3">
-[...41 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DAFBC9628B3A4A0B8586C7D592AF150A">
     <w:name w:val="DAFBC9628B3A4A0B8586C7D592AF150A"/>
     <w:rsid w:val="00656B51"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5F19FFA02EE04304ADBDB6AC985445A0">
     <w:name w:val="5F19FFA02EE04304ADBDB6AC985445A0"/>
     <w:rsid w:val="00656B51"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
@@ -22623,91 +22379,52 @@
     <w:name w:val="3A22F30557224F83855A01D1FE23F743"/>
     <w:rsid w:val="00656B51"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7928E242298240C093FA9EA565CFDF04">
     <w:name w:val="7928E242298240C093FA9EA565CFDF04"/>
     <w:rsid w:val="00656B51"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="185F5EA44A264000B80F1EF0DD2E1B5B">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6993E41FE6364569BA6DD20FBB6770F8">
     <w:name w:val="6993E41FE6364569BA6DD20FBB6770F8"/>
-    <w:rsid w:val="004A1ACA"/>
-[...24 lines deleted...]
-    <w:name w:val="EFDB1B1BD2494E259879B0FF174710F0"/>
     <w:rsid w:val="004A1ACA"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="589D101E364C4A4884B913DED9D051A9">
     <w:name w:val="589D101E364C4A4884B913DED9D051A9"/>
     <w:rsid w:val="004A1ACA"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="80C407770EA84C29835062298F3FCC7B">
@@ -22753,1496 +22470,313 @@
     <w:name w:val="1FE036E21280455B8643F2C60C2F0F51"/>
     <w:rsid w:val="004A1ACA"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5790B90B214C4C0DAC1A8E7E158ABEF1">
     <w:name w:val="5790B90B214C4C0DAC1A8E7E158ABEF1"/>
     <w:rsid w:val="004A1ACA"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA8F2082B1A24A3C8E2D313CC0FC5261">
-[...63 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="382CE64795A34F508F7CCF971D5A17B6">
     <w:name w:val="382CE64795A34F508F7CCF971D5A17B6"/>
     <w:rsid w:val="00A540B4"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D16B5C0468144514B32110884451FDAD">
     <w:name w:val="D16B5C0468144514B32110884451FDAD"/>
     <w:rsid w:val="00A540B4"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8B1A570EBFAF407B9565C2A560BD35EE">
     <w:name w:val="8B1A570EBFAF407B9565C2A560BD35EE"/>
     <w:rsid w:val="00A540B4"/>
-    <w:pPr>
-[...622 lines deleted...]
-    <w:rsid w:val="00773C47"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CBBF7B9593E94E8AB060FB8CCDE17756">
     <w:name w:val="CBBF7B9593E94E8AB060FB8CCDE17756"/>
     <w:rsid w:val="00773C47"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="678CC50680874216A4608394F7DF4F3F">
     <w:name w:val="678CC50680874216A4608394F7DF4F3F"/>
     <w:rsid w:val="00773C47"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6847658A234349DCBD3D177C07D91164">
     <w:name w:val="6847658A234349DCBD3D177C07D91164"/>
     <w:rsid w:val="00773C47"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F4B7902E462545FEB849EA1D50C689B1">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="50C6A45997FB4F789BCD078F6DFCF224">
     <w:name w:val="50C6A45997FB4F789BCD078F6DFCF224"/>
     <w:rsid w:val="00773C47"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2490D8CBDF154565BE96650DC95210F7">
     <w:name w:val="2490D8CBDF154565BE96650DC95210F7"/>
     <w:rsid w:val="00773C47"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FF010E924E1040849B657CB1400FFF65">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="26577F523E4D467987742ADA68E53915">
     <w:name w:val="26577F523E4D467987742ADA68E53915"/>
-    <w:rsid w:val="00FA27D9"/>
-[...11 lines deleted...]
-    <w:name w:val="268AC13DA82049D68C14E551CD4975B1"/>
     <w:rsid w:val="00FA27D9"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="09FBA93197E14B70BFAF8253EB7D4A45">
     <w:name w:val="09FBA93197E14B70BFAF8253EB7D4A45"/>
     <w:rsid w:val="00373462"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B6D7007088A489F8807E05157206E9D">
     <w:name w:val="0B6D7007088A489F8807E05157206E9D"/>
     <w:rsid w:val="001A6576"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E1A6FB7060245979AFA503AE4BD8631">
-[...63 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB7074C17D56414FA9F497CBC5951990">
     <w:name w:val="BB7074C17D56414FA9F497CBC5951990"/>
     <w:rsid w:val="008242CF"/>
-    <w:pPr>
-[...37 lines deleted...]
-    <w:rsid w:val="0076001A"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CAC6C84E77964A7399A5625BCD7084FC">
     <w:name w:val="CAC6C84E77964A7399A5625BCD7084FC"/>
     <w:rsid w:val="0076001A"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9F43BAEEE4224572887558FE4D8DBFE5">
     <w:name w:val="9F43BAEEE4224572887558FE4D8DBFE5"/>
     <w:rsid w:val="0076001A"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="1AFA543383FB4BB2A42F111B4DE3B6C4">
     <w:name w:val="1AFA543383FB4BB2A42F111B4DE3B6C4"/>
     <w:rsid w:val="0076001A"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A291077E17774549A1D63775DCD23F17">
-[...50 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5572FD1D7E1B4C5B9B4472AA861C2E0F">
     <w:name w:val="5572FD1D7E1B4C5B9B4472AA861C2E0F"/>
-    <w:rsid w:val="0076001A"/>
-[...11 lines deleted...]
-    <w:name w:val="80DF349645D24FFA9502DB3B662958CB"/>
     <w:rsid w:val="0076001A"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C02B53845A00473AAF7098CE70DA9170">
     <w:name w:val="C02B53845A00473AAF7098CE70DA9170"/>
     <w:rsid w:val="0076001A"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2AEED5C7D4F642E08C1E7209BFDA155E">
     <w:name w:val="2AEED5C7D4F642E08C1E7209BFDA155E"/>
     <w:rsid w:val="0076001A"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="16BC21F9DFEC4BFEA4A769D901C4DC50">
-[...11 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="17B3062BF6E748D697F67F658FDE4B5D">
     <w:name w:val="17B3062BF6E748D697F67F658FDE4B5D"/>
     <w:rsid w:val="0076001A"/>
-    <w:pPr>
-[...11 lines deleted...]
-    <w:rsid w:val="00620773"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="2BF5CF126A9C4462BDE747509E994675">
     <w:name w:val="2BF5CF126A9C4462BDE747509E994675"/>
     <w:rsid w:val="00620773"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EF52824DC8E74ABFBB19010295E8358D">
-[...24 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FFCB4DBA216F4C07BE95066ECB0202A2">
     <w:name w:val="FFCB4DBA216F4C07BE95066ECB0202A2"/>
     <w:rsid w:val="001A1A18"/>
-    <w:pPr>
-[...232 lines deleted...]
-    <w:rsid w:val="003700BA"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="00920E8A6E374FF1A98A626101DF168B">
     <w:name w:val="00920E8A6E374FF1A98A626101DF168B"/>
     <w:rsid w:val="003700BA"/>
     <w:pPr>
       <w:spacing w:line="278" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="8B4C9DB9B72E4028B96D9DCE25D4F808">
     <w:name w:val="8B4C9DB9B72E4028B96D9DCE25D4F808"/>
@@ -24545,74 +23079,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...9 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001BB552B0F378A24390114A699A0B839C" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b165c751710a0633c4f6f2005131d45a">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="57637f11-560e-424a-bc5d-6f616a9cb3ee" xmlns:ns3="c650f868-ae29-44aa-8912-b9b1f0fece86" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="11fa7a96a85b8eb7aad922ddd021b44c" ns2:_="" ns3:_="">
     <xsd:import namespace="57637f11-560e-424a-bc5d-6f616a9cb3ee"/>
     <xsd:import namespace="c650f868-ae29-44aa-8912-b9b1f0fece86"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
@@ -24797,126 +23320,137 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c650f868-ae29-44aa-8912-b9b1f0fece86" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="57637f11-560e-424a-bc5d-6f616a9cb3ee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F187EFE-3758-4DCE-9152-AF5C8823B8F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{205A91FD-E3F0-4A58-B787-3F01A62D90B1}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C247413-D5F8-4A65-AD18-85053858F58C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="57637f11-560e-424a-bc5d-6f616a9cb3ee"/>
     <ds:schemaRef ds:uri="c650f868-ae29-44aa-8912-b9b1f0fece86"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52C0A0E1-F310-43ED-AD7D-49D9ED1A0911}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c650f868-ae29-44aa-8912-b9b1f0fece86"/>
+    <ds:schemaRef ds:uri="57637f11-560e-424a-bc5d-6f616a9cb3ee"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>2187</Words>
-  <Characters>12147</Characters>
+  <Words>2159</Words>
+  <Characters>12017</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>368</Lines>
-  <Paragraphs>238</Paragraphs>
+  <Lines>400</Lines>
+  <Paragraphs>301</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FOR.S8.1 Ad Hoc Request Form - Standard</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NJRR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>14096</CharactersWithSpaces>
+  <CharactersWithSpaces>13875</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>FOR.S8.1 Ad Hoc Request Form - Standard</dc:title>
   <dc:subject/>
   <dc:creator>a1169163</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001BB552B0F378A24390114A699A0B839C</vt:lpwstr>
   </property>