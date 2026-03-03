--- v0 (2025-10-18)
+++ v1 (2026-03-03)
@@ -16,743 +16,1356 @@
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/intelligence2.xml" ContentType="application/vnd.ms-office.intelligence2+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="700F731C" w14:textId="33D8D012" w:rsidR="00720A82" w:rsidRPr="00E434A5" w:rsidRDefault="002B4B4C" w:rsidP="00375082">
+    <w:p w14:paraId="700F731C" w14:textId="3BDBDECD" w:rsidR="00720A82" w:rsidRPr="00E434A5" w:rsidRDefault="00666428" w:rsidP="00375082">
       <w:pPr>
         <w:spacing w:before="80"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D6464D" w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>RESEARCH</w:t>
       </w:r>
+      <w:r w:rsidR="00D6464D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1763EE70" w14:textId="76DC11AD" w:rsidR="00844DCB" w:rsidRPr="00E434A5" w:rsidRDefault="002B4B4C" w:rsidP="00495EE5">
+    <w:p w14:paraId="1763EE70" w14:textId="76DC11AD" w:rsidR="00844DCB" w:rsidRDefault="002B4B4C" w:rsidP="00495EE5">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F03F8" w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Data </w:t>
       </w:r>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Request Form</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1763EE71" w14:textId="672602B0" w:rsidR="006979FD" w:rsidRPr="00E434A5" w:rsidRDefault="005657F6" w:rsidP="008501CE">
+    <w:p w14:paraId="1C4DC54F" w14:textId="7EF753E7" w:rsidR="007940BB" w:rsidRPr="00365C1A" w:rsidRDefault="007A34BC" w:rsidP="00495EE5">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00365C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>To ensure efficient and appropriate use of resources, t</w:t>
+      </w:r>
+      <w:r w:rsidR="007940BB" w:rsidRPr="00365C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he AOANJRR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00365C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>requires</w:t>
+      </w:r>
+      <w:r w:rsidR="007940BB" w:rsidRPr="00365C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> all data requests submitted </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00365C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="007940BB" w:rsidRPr="00365C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> be of high scientific quality and merit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00365C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Research proposals must be based on an up-to-date review of literature and be </w:t>
+      </w:r>
+      <w:r w:rsidR="006931AE" w:rsidRPr="00365C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>hypothesis-driven</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00365C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00365C1A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1763EE71" w14:textId="672602B0" w:rsidR="006979FD" w:rsidRPr="0094269C" w:rsidRDefault="005657F6" w:rsidP="008501CE">
       <w:pPr>
         <w:spacing w:before="240" w:after="120"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidRPr="0094269C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="002060"/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Procedure</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A64B326" w14:textId="77777777" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00A10815">
+    <w:p w14:paraId="2A64B326" w14:textId="3E83F09E" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="0094269C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
+        <w:spacing w:after="40"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>AOANJRR</w:t>
       </w:r>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> provides non-identifying data </w:t>
       </w:r>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>on request to surgeons and academic institutions</w:t>
       </w:r>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> to be used for research and the preparation of publications and conference presentations. The independence of data reporting, the correct interpretation and the quality of publications and presentations is crucial to ensure the integrity of the data and the credibility of AOANJRR.</w:t>
+        <w:t xml:space="preserve"> to be used for research and the preparation of publications and conference presentations. The independence of data reporting, the correct interpretation and the quality of publications and presentations </w:t>
+      </w:r>
+      <w:r w:rsidR="00C957E0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="00C957E0" w:rsidRPr="00E434A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E434A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>crucial to ensure the integrity of the data and the credibility of AOANJRR.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="743974E5" w14:textId="77777777" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00A10815">
+    <w:p w14:paraId="368D9B3C" w14:textId="3009F679" w:rsidR="001A15EC" w:rsidRPr="00E434A5" w:rsidRDefault="001A15EC" w:rsidP="0094269C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E434A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The process of obtaining data through the AOANJRR Data Request process (</w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11">
+        <w:r w:rsidR="0094269C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Members' Use of AOANJRR Data</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00E434A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) provides the orthopaedic community with access to </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>high-quality</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E434A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> data and support in manuscript development. This process ensures that the data integrity, analysis, and reporting of all research papers based on AOANJRR data are of </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>world-class</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E434A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> standard.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71890BBC" w14:textId="77777777" w:rsidR="001A15EC" w:rsidRPr="00E434A5" w:rsidRDefault="001A15EC" w:rsidP="0094269C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E434A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The AOANJRR is a Declared Federal Quality Assurance Activity and is required by law to abide by certain requirements of the declaration. The AOANJRR must protect the confidentiality of the information it receives and maintain high-level data security procedures. Only de-identified data can be released.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="743974E5" w14:textId="77777777" w:rsidR="00A10815" w:rsidRDefault="00A10815" w:rsidP="0094269C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="40"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">It </w:t>
       </w:r>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>is necessary for the AOANJRR to be involved in determining the appropriate analysis and preparation of publications or presentations based on analysis of the entire AOANJRR data or a subset of that data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B4668F4" w14:textId="4817B366" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00A10815">
+    <w:p w14:paraId="7438A4B0" w14:textId="2A809FE5" w:rsidR="000B7E44" w:rsidRDefault="000B7E44" w:rsidP="0094269C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
+        <w:spacing w:after="40"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please review the </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="0094269C">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>Members' Use of AOANJRR Data Policy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">When the entire AOANJRR data is used, following consultation with the primary author, the AOANJRR </w:t>
+        <w:t xml:space="preserve"> and the </w:t>
       </w:r>
-      <w:r w:rsidR="000F7CEF" w:rsidRPr="00E434A5">
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidRPr="000B7E44">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          </w:rPr>
+          <w:t>AOANJRR Publication and Authorship Policy</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00180624">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Clinical </w:t>
+        <w:t xml:space="preserve"> to ensure your application complies with </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">Director and Deputy </w:t>
+        <w:t>AOANJRR requirements.</w:t>
       </w:r>
-      <w:r w:rsidR="000F7CEF" w:rsidRPr="00E434A5">
+    </w:p>
+    <w:p w14:paraId="1DF3EC2A" w14:textId="05BAB84E" w:rsidR="009356D6" w:rsidRDefault="009356D6" w:rsidP="0094269C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009356D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Requests submitted by principal requesters with more than two active projects will be denied</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="441F858F" w14:textId="77777777" w:rsidR="009356D6" w:rsidRPr="00F72C97" w:rsidRDefault="00D32287" w:rsidP="0094269C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009356D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:lang w:val="en-AU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Additional co-requesters who are orthopaedic surgeons with more than two active AOANJRR research data requests will be excluded from the current request. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A390C3" w14:textId="15F025F4" w:rsidR="00F72C97" w:rsidRPr="009356D6" w:rsidRDefault="00F72C97" w:rsidP="0094269C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F72C97">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>Research requests from international applicants must include at least one Australian surgeon who is a member of the AOA. Requests without an Australian surgeon will be declined.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E7EDDBF" w14:textId="1CAD6C46" w:rsidR="4A2EFEA7" w:rsidRPr="009356D6" w:rsidRDefault="4A2EFEA7" w:rsidP="0094269C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009356D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>If multiple AOANJRR studies are proposed, a separate Data Request Form should be submitted for each study</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1194" w:rsidRPr="009356D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED53E7" w:rsidRPr="009356D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Note: Reports </w:t>
+      </w:r>
+      <w:r w:rsidR="00984927" w:rsidRPr="009356D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">may be delivered at varying times depending on the </w:t>
+      </w:r>
+      <w:r w:rsidR="002530A6" w:rsidRPr="009356D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AOANJRR's </w:t>
+      </w:r>
+      <w:r w:rsidR="00984927" w:rsidRPr="009356D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t>workload and the complexity of the request.</w:t>
+      </w:r>
+      <w:r w:rsidR="00337E29" w:rsidRPr="009356D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="117F6C06" w14:textId="13248148" w:rsidR="00737346" w:rsidRPr="003206F3" w:rsidRDefault="00737346" w:rsidP="0094269C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="40"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003206F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Not</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD51EA" w:rsidRPr="003206F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003206F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD51EA" w:rsidRPr="003206F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">that </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003206F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">all research data requests require approval. Approval depends on the feasibility and uniqueness of the proposed project, which must differ from previous </w:t>
+      </w:r>
+      <w:r w:rsidR="007940BB">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">AOANJRR </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003206F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>projects, as determined by the Clinical Directors.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2621ECA5" w14:textId="45F0E81D" w:rsidR="002530A6" w:rsidRPr="003923A0" w:rsidRDefault="00A27392" w:rsidP="0094269C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="40"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Note</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3517" w:rsidRPr="003923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that surgeon-specific requests, including those from surgeons, government agencies</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1F95" w:rsidRPr="003923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3517" w:rsidRPr="003923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> hospitals</w:t>
+      </w:r>
+      <w:r w:rsidR="00B86C2D" w:rsidRPr="003923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3517" w:rsidRPr="003923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> are </w:t>
+      </w:r>
+      <w:r w:rsidR="0094342F" w:rsidRPr="003923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prioritised </w:t>
+      </w:r>
+      <w:r w:rsidR="005B3517" w:rsidRPr="003923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">over </w:t>
+      </w:r>
+      <w:r w:rsidR="009356D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Research</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3517" w:rsidRPr="003923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> projects.</w:t>
+      </w:r>
+      <w:r w:rsidR="00916267" w:rsidRPr="003923A0" w:rsidDel="00916267">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="135A03E5" w14:textId="3BA42196" w:rsidR="0094342F" w:rsidRPr="00C113F4" w:rsidRDefault="280080A6" w:rsidP="0094269C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>Manuscripts</w:t>
+      </w:r>
+      <w:r w:rsidR="009356D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> conference abstracts and presentations utilising AOANJRR data must be submitted to the AOANJRR for review.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B4668F4" w14:textId="7E7FFB72" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00BE4595" w:rsidP="0094269C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="40"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="70BAAEE8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>When</w:t>
+      </w:r>
+      <w:r w:rsidR="00A10815" w:rsidRPr="70BAAEE8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the entire AOANJRR data is used, following consultation with the primary author, the AOANJRR </w:t>
+      </w:r>
+      <w:r w:rsidR="000F7CEF" w:rsidRPr="70BAAEE8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
         <w:t xml:space="preserve">Clinical </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidR="00A10815" w:rsidRPr="70BAAEE8">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Director and Deputy </w:t>
+      </w:r>
+      <w:r w:rsidR="000F7CEF" w:rsidRPr="70BAAEE8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Clinical </w:t>
+      </w:r>
+      <w:r w:rsidR="00A10815" w:rsidRPr="70BAAEE8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Directors will determine:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AB0629C" w14:textId="5A5D2C23" w:rsidR="005C5B6C" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815">
+    <w:p w14:paraId="1AB0629C" w14:textId="5A5D2C23" w:rsidR="005C5B6C" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="0094269C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="30"/>
         </w:numPr>
+        <w:spacing w:after="40"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Authorship</w:t>
       </w:r>
       <w:r w:rsidR="005657F6" w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
       <w:r w:rsidR="0077612A" w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>based on ICMJE</w:t>
       </w:r>
       <w:r w:rsidR="005C5B6C" w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> Recommendations – Defining the Role of Authors and Contributors,</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12878033" w14:textId="77777777" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00C62367">
+    <w:p w14:paraId="12878033" w14:textId="77777777" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="0094269C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="30"/>
         </w:numPr>
+        <w:spacing w:after="40"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>AOANJRR personnel involved in manuscript preparation, and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="734DD6CD" w14:textId="77777777" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00C62367">
+    <w:p w14:paraId="734DD6CD" w14:textId="77777777" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="0094269C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
-          <w:numId w:val="28"/>
+          <w:numId w:val="30"/>
         </w:numPr>
+        <w:spacing w:after="40"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>Contact person for the submission and review process of the manuscript.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C36721C" w14:textId="4DC91943" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00A10815">
+    <w:p w14:paraId="0C36721C" w14:textId="6843833C" w:rsidR="00A10815" w:rsidRDefault="00A10815" w:rsidP="0094269C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
+        <w:spacing w:after="40"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidRPr="70BAAEE8">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>At least one clinic</w:t>
       </w:r>
-      <w:r w:rsidR="000F7CEF" w:rsidRPr="00E434A5">
+      <w:r w:rsidR="000F7CEF" w:rsidRPr="70BAAEE8">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t>al director</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidRPr="70BAAEE8">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve"> from the AOANJRR and the relevant statistician will be included as authors and involved in the preparation of the manuscript.</w:t>
+        <w:t xml:space="preserve"> from the AOANJRR and the relevant statistician</w:t>
+      </w:r>
+      <w:r w:rsidR="000363DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="70BAAEE8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be included as authors and involved in the preparation of the manuscript.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FC4448F" w14:textId="73167614" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00A10815">
+    <w:p w14:paraId="452A70F8" w14:textId="483C76FB" w:rsidR="009356D6" w:rsidRDefault="009356D6" w:rsidP="0094269C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
+        <w:spacing w:after="40"/>
+        <w:ind w:left="714" w:hanging="357"/>
+        <w:contextualSpacing w:val="0"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009356D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>The AOANJRR requires that manuscripts use the most up-to-date validated data</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FC4448F" w14:textId="29ED41FE" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="0094269C">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:spacing w:after="40"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">AOANJRR manuscripts will be reviewed by the </w:t>
       </w:r>
       <w:r w:rsidR="000F7CEF" w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">AOA </w:t>
       </w:r>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>Academic Editorial Advisory Panel prior to submission.</w:t>
+        <w:t xml:space="preserve">Academic Editorial Advisory Panel </w:t>
       </w:r>
-    </w:p>
-[...8 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+      <w:r w:rsidR="00737346">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-        <w:t xml:space="preserve">to AOANJRR for review </w:t>
+        <w:t>before</w:t>
       </w:r>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">at least 10 days prior to the conference submission deadline. A copy of the presentation must be provided </w:t>
-[...13 lines deleted...]
-        <w:t>for review at least 1 week prior to the date of the conference.</w:t>
+        <w:t xml:space="preserve"> submission.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FE96C65" w14:textId="63219C1A" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00A10815">
+    <w:p w14:paraId="4786F81E" w14:textId="17971672" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="0094269C">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
+        <w:spacing w:after="40"/>
         <w:ind w:left="714" w:hanging="357"/>
         <w:contextualSpacing w:val="0"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidRPr="70BAAEE8">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">It is anticipated that draft manuscripts will be provided </w:t>
+        <w:t xml:space="preserve">A draft abstract must be submitted </w:t>
       </w:r>
-      <w:r w:rsidR="00AA09D3" w:rsidRPr="00E434A5">
+      <w:r w:rsidR="00AA09D3" w:rsidRPr="70BAAEE8">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">to AOANJRR for review </w:t>
+      </w:r>
+      <w:r w:rsidRPr="70BAAEE8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">at least </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009356D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="000363DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009356D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00507A2D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">business </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009356D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>days</w:t>
+      </w:r>
+      <w:r w:rsidRPr="70BAAEE8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009356D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>before</w:t>
+      </w:r>
+      <w:r w:rsidRPr="70BAAEE8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the conference submission deadline. A copy of the presentation must be provided </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA09D3" w:rsidRPr="70BAAEE8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve">to AOANJRR </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidRPr="70BAAEE8">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t xml:space="preserve">within 12 months of receiving the </w:t>
+        <w:t xml:space="preserve">for review at least </w:t>
       </w:r>
-      <w:r w:rsidR="00354FF2" w:rsidRPr="00E434A5">
+      <w:r w:rsidR="000363DF">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>Data</w:t>
+        <w:t xml:space="preserve">10 </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidR="00507A2D">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">business </w:t>
+      </w:r>
+      <w:r w:rsidR="000363DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>days</w:t>
+      </w:r>
+      <w:r w:rsidRPr="70BAAEE8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidR="009356D6">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>report;</w:t>
+        <w:t>before</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="70BAAEE8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the date of the conference.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="58F01BD5" w14:textId="77777777" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00A10815">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="50BB9CB3" w14:textId="26A2B450" w:rsidR="52192A84" w:rsidRPr="003923A0" w:rsidRDefault="52192A84" w:rsidP="0094269C">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:ind w:left="714" w:hanging="357"/>
-        <w:contextualSpacing w:val="0"/>
+        <w:spacing w:after="40"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidRPr="003923A0">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>If there is more than one request for the same data, the initial requestor will have 12 months from receipt of data to complete the required manuscript unless a formal extension has been approved. If a manuscript is not submitted the data may be provided to other requestor(s).</w:t>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Draft manuscripts are expected to be submitted to AOANJRR within 12 months of receiving the data report. In cases where multiple requests have been made for the same dataset, the initial </w:t>
+      </w:r>
+      <w:r w:rsidR="009356D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>requester</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will have exclusive rights to use the data for a period of 12 months from the date of receipt to complete and submit the required manuscript</w:t>
+      </w:r>
+      <w:r w:rsidR="001D66F3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> unless a formal extension has been granted. Failure to submit within this timeframe may result in </w:t>
+      </w:r>
+      <w:r w:rsidR="003923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003923A0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>forfeiture of data usage rights, and the dataset may be made available to other requestors.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E689C9D" w14:textId="7636135E" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00A10815">
-[...1 lines deleted...]
-        <w:pStyle w:val="ListParagraph"/>
+    <w:p w14:paraId="3A1C342C" w14:textId="5CE6F30C" w:rsidR="00A10815" w:rsidRPr="00507A2D" w:rsidRDefault="00A10815" w:rsidP="00507A2D">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="28"/>
         </w:numPr>
-        <w:ind w:left="714" w:hanging="357"/>
-        <w:contextualSpacing w:val="0"/>
+        <w:spacing w:after="40"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidRPr="00507A2D">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">The AOANJRR </w:t>
+        <w:t>The AOANJRR will endeavour to provide the report by the nominated date. However, this is dependent on the available resources at the time of the request and the complexity of the analysis required.</w:t>
       </w:r>
-      <w:r w:rsidR="005657F6" w:rsidRPr="00E434A5">
+      <w:r w:rsidR="000B7E44" w:rsidRPr="00507A2D">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>requires</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidR="00916267" w:rsidRPr="00507A2D">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> that manuscripts must use the most up-to-date validated data.</w:t>
+        <w:t xml:space="preserve">The current wait time can vary between 3 </w:t>
       </w:r>
-    </w:p>
-[...7 lines deleted...]
-        <w:ind w:left="714" w:hanging="357"/>
+      <w:r w:rsidR="009356D6" w:rsidRPr="00507A2D">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00E434A5">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="00916267" w:rsidRPr="00507A2D">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">The process of obtaining data through the AOANJRR </w:t>
+        <w:t xml:space="preserve"> 12 months, depending on the </w:t>
       </w:r>
-      <w:r w:rsidR="00354FF2" w:rsidRPr="00E434A5">
+      <w:r w:rsidR="00063645" w:rsidRPr="00507A2D">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>Data</w:t>
+        <w:t>Registry's</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidR="00916267" w:rsidRPr="00507A2D">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:color w:val="auto"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsia="Calibri" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Request process </w:t>
-[...124 lines deleted...]
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> workload.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="670A5F56" w14:textId="77777777" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00A10815">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="13F860E7" w14:textId="77777777" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00A10815">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8364"/>
         </w:tabs>
         <w:ind w:right="317"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="660033"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -791,858 +1404,2226 @@
     <w:p w14:paraId="30328A79" w14:textId="77777777" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00A10815">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8364"/>
         </w:tabs>
         <w:ind w:right="317"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="660033"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="660033"/>
         </w:rPr>
         <w:t>Tab to move to the next field</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DF71CD3" w14:textId="6F8C1DF2" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00A10815">
+    <w:p w14:paraId="1DF71CD3" w14:textId="55A2597A" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00A10815">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8364"/>
         </w:tabs>
         <w:ind w:right="317"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="660033"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="660033"/>
         </w:rPr>
-        <w:t>Click on check box to mark</w:t>
+        <w:t xml:space="preserve">Click on </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB1194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="660033"/>
+        </w:rPr>
+        <w:t xml:space="preserve">the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E434A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="660033"/>
+        </w:rPr>
+        <w:t>check box to mark</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AB92E7F" w14:textId="1B20A712" w:rsidR="00264BD9" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00B0169D">
+    <w:p w14:paraId="2AB92E7F" w14:textId="504F8B77" w:rsidR="00264BD9" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="001F0A08">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8364"/>
         </w:tabs>
         <w:ind w:right="317"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="660033"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk22049136"/>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:color w:val="660033"/>
         </w:rPr>
-        <w:t xml:space="preserve">Once complete email the form to </w:t>
+        <w:t>Once complete</w:t>
       </w:r>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:r w:rsidR="00AB1194">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="660033"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E434A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:color w:val="660033"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> email the form to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
         <w:r w:rsidR="00E434A5" w:rsidRPr="00804D6E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           </w:rPr>
           <w:t>datarequests@aoanjrr.org.au</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FA031A" w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="130367B0" w14:textId="590F18F7" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="56AB8D65">
+    <w:p w14:paraId="130367B0" w14:textId="0C902D98" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="56AB8D65">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="22"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8364"/>
         </w:tabs>
         <w:ind w:right="317"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="660033"/>
         </w:rPr>
-        <w:sectPr w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidSect="00A10815">
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId15"/>
+        <w:sectPr w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidSect="0094269C">
+          <w:footerReference w:type="default" r:id="rId15"/>
+          <w:headerReference w:type="first" r:id="rId16"/>
+          <w:footerReference w:type="first" r:id="rId17"/>
           <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
-          <w:pgMar w:top="3119" w:right="850" w:bottom="851" w:left="993" w:header="749" w:footer="567" w:gutter="0"/>
+          <w:pgMar w:top="1985" w:right="850" w:bottom="851" w:left="993" w:header="510" w:footer="567" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="272"/>
         </w:sectPr>
       </w:pPr>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="660033"/>
         </w:rPr>
-        <w:t>You should expect a response within 2 working days providing you with a reference number to track your request.</w:t>
+        <w:t xml:space="preserve">You should expect </w:t>
+      </w:r>
+      <w:r w:rsidR="007B67B3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="660033"/>
+        </w:rPr>
+        <w:t>email confirmation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E434A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="660033"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> within 2 working days</w:t>
+      </w:r>
+      <w:r w:rsidR="009356D6">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="660033"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E434A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="660033"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> providing you with a reference number to track your request.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="62E90B1B" w14:textId="77777777" w:rsidR="00A10815" w:rsidRPr="00E434A5" w:rsidRDefault="00A10815" w:rsidP="00B277F3">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="000099"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>CONTACT</w:t>
       </w:r>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="000099"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:smallCaps/>
           <w:color w:val="002060"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>DETAILS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1763EE83" w14:textId="703EA060" w:rsidR="005E1DC0" w:rsidRPr="00E434A5" w:rsidRDefault="008C5E3F" w:rsidP="008501CE">
+    <w:p w14:paraId="1763EE83" w14:textId="4E79CDA0" w:rsidR="005E1DC0" w:rsidRPr="00E434A5" w:rsidRDefault="008C5E3F" w:rsidP="008501CE">
       <w:pPr>
         <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00180624">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please note: Data requests must include at least one Australian </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF05D8" w:rsidRPr="00180624">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t xml:space="preserve">orthopaedic </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00180624">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+        <w:t>surgeon on the research project</w:t>
+      </w:r>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:color w:val="auto"/>
         </w:rPr>
-        <w:t>Please note: Data requests must include at least one Australian surgeon on the research project.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9628" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2273"/>
+        <w:gridCol w:w="2451"/>
+        <w:gridCol w:w="89"/>
+        <w:gridCol w:w="1141"/>
+        <w:gridCol w:w="731"/>
+        <w:gridCol w:w="403"/>
+        <w:gridCol w:w="88"/>
+        <w:gridCol w:w="2452"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w14:paraId="37421A35" w14:textId="77777777" w:rsidTr="7DDEB7BB">
+        <w:trPr>
+          <w:trHeight w:val="360"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9628" w:type="dxa"/>
+            <w:gridSpan w:val="8"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B04EE97" w14:textId="518DFBC6" w:rsidR="00CC2E98" w:rsidRPr="00CC2E98" w:rsidRDefault="117E7A82" w:rsidP="0088671E">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7DDEB7BB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Principal Requestor </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E504DB" w:rsidRPr="00E434A5" w14:paraId="55E866A3" w14:textId="77777777" w:rsidTr="00E504DB">
+        <w:trPr>
+          <w:trHeight w:val="544"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D7DA294" w14:textId="18B53D7B" w:rsidR="00E504DB" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date of request</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2451" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25BD79FA" w14:textId="2F996415" w:rsidR="00E504DB" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="-1566948303"/>
+                <w:placeholder>
+                  <w:docPart w:val="00920E8A6E374FF1A98A626101DF168B"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2452" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF063B9" w14:textId="42C967DC" w:rsidR="00E504DB" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Date </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Information is</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70FD2031" w14:textId="74B86AF7" w:rsidR="00E504DB" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Required by</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2452" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D3080B" w14:textId="54931AC3" w:rsidR="00E504DB" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="1615395978"/>
+                <w:placeholder>
+                  <w:docPart w:val="8B4C9DB9B72E4028B96D9DCE25D4F808"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="6034DABF" w14:textId="77777777" w:rsidTr="7DDEB7BB">
+        <w:trPr>
+          <w:trHeight w:val="544"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C5EAC76" w14:textId="1588424C" w:rsidR="00FF05D8" w:rsidRDefault="00FF05D8" w:rsidP="00E51D19">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk190353746"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7355" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="672DB991" w14:textId="7FFB773A" w:rsidR="00FF05D8" w:rsidRDefault="00E504DB" w:rsidP="00E51D19">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="2138917265"/>
+                <w:placeholder>
+                  <w:docPart w:val="A7284A7092454DF2BC4E819ECF428E8C"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="35FEC49C" w14:textId="77777777" w:rsidTr="7DDEB7BB">
+        <w:trPr>
+          <w:trHeight w:val="544"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="72B4CF26" w14:textId="3BAC6FB1" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Organisation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7355" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D7BEB4E" w14:textId="0B950FE3" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="250481233"/>
+                <w:placeholder>
+                  <w:docPart w:val="58B7D991E3EB4DC89645AEC156B83958"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="1763EE8F" w14:textId="77777777" w:rsidTr="7DDEB7BB">
+        <w:trPr>
+          <w:trHeight w:val="544"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1763EE8D" w14:textId="0B1151B7" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Position</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7355" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1763EE8E" w14:textId="31C240B6" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="-962496349"/>
+                <w:placeholder>
+                  <w:docPart w:val="BDA678901DFB48C8B2012F3D66E284D0"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B7E44" w:rsidRPr="00E434A5" w14:paraId="4E138748" w14:textId="77777777" w:rsidTr="7DDEB7BB">
+        <w:trPr>
+          <w:trHeight w:val="544"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37F31F55" w14:textId="68989347" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="000B7E44" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Are you an Orthopaedic Surgeon?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7355" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0505E449" w14:textId="000F06E2" w:rsidR="000B7E44" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="592987914"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C87C51" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000B7E44" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="000B7E44">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="1254557086"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C87C51" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000B7E44" w:rsidRPr="00180624">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r w:rsidR="00A177B7">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidR="005C4E24">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="1763EE94" w14:textId="77777777" w:rsidTr="7DDEB7BB">
+        <w:trPr>
+          <w:trHeight w:val="544"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1763EE90" w14:textId="32788970" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Telephone</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1763EE91" w14:textId="1716FD63" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="-1310940706"/>
+                <w:placeholder>
+                  <w:docPart w:val="14FF3624BA3C4E64827679CBF0E4D99A"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1872" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1763EE92" w14:textId="50E9FF07" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Mobile</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2943" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1763EE93" w14:textId="4939E72A" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="448898112"/>
+                <w:placeholder>
+                  <w:docPart w:val="1204AB4ABFE54EAC8912F2B89C6A0913"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="1763EE97" w14:textId="77777777" w:rsidTr="7DDEB7BB">
+        <w:trPr>
+          <w:trHeight w:val="538"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1763EE95" w14:textId="28349140" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00C91398" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Institutional </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Email</w:t>
+            </w:r>
+            <w:r w:rsidR="00174035">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7355" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1763EE96" w14:textId="4EECECB7" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="-1849709329"/>
+                <w:placeholder>
+                  <w:docPart w:val="3A22F30557224F83855A01D1FE23F743"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A4385A" w:rsidRPr="00E434A5" w14:paraId="571921E3" w14:textId="77777777" w:rsidTr="7DDEB7BB">
+        <w:trPr>
+          <w:trHeight w:val="538"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5832EC30" w14:textId="73ABA2F7" w:rsidR="00A4385A" w:rsidRPr="00E434A5" w:rsidRDefault="00A4385A" w:rsidP="00A4385A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Are you an AOA member? </w:t>
+            </w:r>
+            <w:r w:rsidR="001A6371" w:rsidRPr="001A6371">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An </w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AOA membership number is </w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> required</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7355" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="349BC674" w14:textId="555B80E9" w:rsidR="00A4385A" w:rsidRDefault="00A4385A" w:rsidP="00A4385A">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="648105892"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C87C51" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="630217669"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C87C51" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00180624">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="29B44032" w14:textId="77777777" w:rsidTr="7DDEB7BB">
+        <w:trPr>
+          <w:trHeight w:val="538"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="579890F4" w14:textId="41A5D15D" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Signature</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3681" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E756ED" w14:textId="7AAC5C88" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text379"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:noProof/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="23FEC79F" w14:textId="51008325" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2540" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12FDB277" w14:textId="5D78BC47" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="1408728547"/>
+                <w:placeholder>
+                  <w:docPart w:val="7928E242298240C093FA9EA565CFDF04"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9627" w:type="dxa"/>
+        <w:tblInd w:w="-8" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9627"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="7E991C74" w14:textId="77777777" w:rsidTr="56AB8D65">
+        <w:trPr>
+          <w:trHeight w:val="568"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9627" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w14:paraId="59ED45BC" w14:textId="0C210F18" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="0088671E" w:rsidP="00724160">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Principal Investigator </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>(if different from requestor)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9628" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         </w:tblBorders>
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2273"/>
         <w:gridCol w:w="2540"/>
         <w:gridCol w:w="1141"/>
         <w:gridCol w:w="731"/>
         <w:gridCol w:w="403"/>
         <w:gridCol w:w="2540"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E51D19" w:rsidRPr="00E434A5" w14:paraId="1BEDDCDA" w14:textId="77777777" w:rsidTr="00A10815">
+      <w:tr w:rsidR="00CC2E98" w14:paraId="049A3C3B" w14:textId="77777777" w:rsidTr="00CC2E98">
         <w:trPr>
           <w:trHeight w:val="544"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="55AF555F" w14:textId="49153B52" w:rsidR="00E51D19" w:rsidRPr="00E434A5" w:rsidRDefault="00E51D19" w:rsidP="00E51D19">
+          <w:p w14:paraId="440FB5F9" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">Date of </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E434A5">
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7355" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29C4F93C" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="134843285"/>
+                <w:placeholder>
+                  <w:docPart w:val="6993E41FE6364569BA6DD20FBB6770F8"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w14:paraId="7C3A32F8" w14:textId="77777777" w:rsidTr="00CC2E98">
+        <w:trPr>
+          <w:trHeight w:val="544"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67179269" w14:textId="068BD0DD" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="006C1BE9" w:rsidP="001F0A08">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="auto"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">  </w:t>
+              <w:t>Organisation</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7355" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E58B591" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="-521090547"/>
+                <w:placeholder>
+                  <w:docPart w:val="589D101E364C4A4884B913DED9D051A9"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w14:paraId="11827994" w14:textId="77777777" w:rsidTr="00CC2E98">
+        <w:trPr>
+          <w:trHeight w:val="544"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC2563E" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Position</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7355" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7375FF" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="-1150054862"/>
+                <w:placeholder>
+                  <w:docPart w:val="80C407770EA84C29835062298F3FCC7B"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w14:paraId="1993BBAB" w14:textId="77777777" w:rsidTr="00CC2E98">
+        <w:trPr>
+          <w:trHeight w:val="544"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2273" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="557ED03F" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
+            <w:pPr>
+              <w:spacing w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Telephone</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A970A2A" w14:textId="6F8D704C" w:rsidR="00E51D19" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00E51D19">
+          <w:p w14:paraId="7D07E48A" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="841895754"/>
+                <w:id w:val="1887748246"/>
                 <w:placeholder>
-                  <w:docPart w:val="8A3279D2332C4BEA8B55FE0236EE1DFB"/>
+                  <w:docPart w:val="4195F9DA3E4D4EE3BB7621BCA07B2C43"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1872" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F6D9F3C" w14:textId="43397C3D" w:rsidR="00E51D19" w:rsidRPr="00E434A5" w:rsidRDefault="00E51D19" w:rsidP="00E51D19">
+          <w:p w14:paraId="32D7724D" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-            </w:pPr>
-[...6 lines deleted...]
-              <w:t>Date Information Required by</w:t>
+              <w:t>Mobile</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2943" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="426AF2B5" w14:textId="482C94EB" w:rsidR="00E51D19" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00E51D19">
+          <w:p w14:paraId="0E48CAAB" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="1816603523"/>
+                <w:id w:val="-1797286918"/>
                 <w:placeholder>
-                  <w:docPart w:val="77AAF33DAC834A3DAC7A450916EB9DAA"/>
+                  <w:docPart w:val="82F6D4FD7BCC4650B6305A52CB298B04"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E51D19" w:rsidRPr="00E434A5" w14:paraId="1763EE8C" w14:textId="77777777" w:rsidTr="00A10815">
+      <w:tr w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w14:paraId="202FB004" w14:textId="77777777" w:rsidTr="00CC2E98">
         <w:trPr>
-          <w:trHeight w:val="544"/>
+          <w:trHeight w:val="538"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763EE8A" w14:textId="0BF93350" w:rsidR="00E51D19" w:rsidRPr="00E434A5" w:rsidRDefault="00E51D19" w:rsidP="00E51D19">
+          <w:p w14:paraId="539355C7" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Principal Request</w:t>
-[...15 lines deleted...]
-              <w:t>r</w:t>
+              <w:t>Email</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763EE8B" w14:textId="2EA420CD" w:rsidR="00E51D19" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00E51D19">
+          <w:p w14:paraId="564E9825" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="542410242"/>
+                <w:id w:val="848298272"/>
                 <w:placeholder>
-                  <w:docPart w:val="BA8C8668B5AB4152AA5FBF123DB345F6"/>
+                  <w:docPart w:val="1FE036E21280455B8643F2C60C2F0F51"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="35FEC49C" w14:textId="77777777" w:rsidTr="00A10815">
+      <w:tr w:rsidR="00A4385A" w:rsidRPr="00E434A5" w14:paraId="29B981CD" w14:textId="77777777" w:rsidTr="00CC2E98">
         <w:trPr>
-          <w:trHeight w:val="544"/>
+          <w:trHeight w:val="538"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="72B4CF26" w14:textId="3BAC6FB1" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00E51D19">
+          <w:p w14:paraId="1730ABB7" w14:textId="03736FDF" w:rsidR="00A4385A" w:rsidRPr="00E434A5" w:rsidRDefault="00A4385A" w:rsidP="00A4385A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>Organisation</w:t>
+              <w:t>Are you an AOA member?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0082674B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0082674B" w:rsidRPr="0082674B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An </w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">AOA membership number is </w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7355" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D7BEB4E" w14:textId="0B950FE3" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00E51D19">
+          <w:p w14:paraId="413858F5" w14:textId="445CCB06" w:rsidR="00A4385A" w:rsidRDefault="00A4385A" w:rsidP="00A4385A">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="250481233"/>
-[...4 lines deleted...]
-                <w:text w:multiLine="1"/>
+                <w:id w:val="1604918459"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0005576A">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
-[...1 lines deleted...]
-                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
-                  <w:t>Click or tap here to enter text.</w:t>
+                  <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...20 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidR="00C87C51" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:b/>
-[...18 lines deleted...]
-            </w:pPr>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-962496349"/>
-[...4 lines deleted...]
-                <w:text w:multiLine="1"/>
+                <w:id w:val="1495926413"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0005576A">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
-[...1 lines deleted...]
-                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
-                  <w:t>Click or tap here to enter text.</w:t>
+                  <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="00C87C51" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00180624">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E51D19" w:rsidRPr="00E434A5" w14:paraId="1763EE94" w14:textId="77777777" w:rsidTr="00A10815">
-[...132 lines deleted...]
-      <w:tr w:rsidR="00637BCC" w:rsidRPr="00E434A5" w14:paraId="1763EE97" w14:textId="77777777" w:rsidTr="00A10815">
+      <w:tr w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w14:paraId="03BEC746" w14:textId="77777777" w:rsidTr="00CC2E98">
         <w:trPr>
           <w:trHeight w:val="538"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2273" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1763EE95" w14:textId="7FE10DA6" w:rsidR="00637BCC" w:rsidRPr="00E434A5" w:rsidRDefault="00637BCC" w:rsidP="00EB3E4D">
-[...69 lines deleted...]
-          <w:p w14:paraId="579890F4" w14:textId="41A5D15D" w:rsidR="00B277F3" w:rsidRPr="00E434A5" w:rsidRDefault="00B277F3" w:rsidP="00B277F3">
+          <w:p w14:paraId="6080447F" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Signature</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3681" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="76E756ED" w14:textId="7AAC5C88" w:rsidR="00B277F3" w:rsidRPr="00E434A5" w:rsidRDefault="00F64EB4" w:rsidP="00B277F3">
+          <w:p w14:paraId="33D09B12" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Text379"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
@@ -1682,1555 +3663,2612 @@
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23FEC79F" w14:textId="51008325" w:rsidR="00B277F3" w:rsidRPr="00E434A5" w:rsidRDefault="00B277F3" w:rsidP="00B277F3">
+          <w:p w14:paraId="64D9E0B2" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00CC2E98" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2540" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="12FDB277" w14:textId="5D78BC47" w:rsidR="00B277F3" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00B277F3">
+          <w:p w14:paraId="158E00BB" w14:textId="77777777" w:rsidR="00CC2E98" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001F0A08">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="1408728547"/>
+                <w:id w:val="1876654584"/>
                 <w:placeholder>
-                  <w:docPart w:val="2BAEE87ECFC74F8CB8FEE30B273A0ACF"/>
+                  <w:docPart w:val="5790B90B214C4C0DAC1A8E7E158ABEF1"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="00CC2E98" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9627" w:type="dxa"/>
         <w:tblInd w:w="-8" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="D9D9D9" w:themeColor="background1" w:themeShade="D9"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2370"/>
         <w:gridCol w:w="7257"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="7E991C74" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="0090029D" w:rsidRPr="00E434A5" w14:paraId="4F2B6EC5" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
-          <w:trHeight w:val="568"/>
+          <w:trHeight w:val="296"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9627" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59ED45BC" w14:textId="29909B8E" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00724160">
+          <w:p w14:paraId="1092ADD9" w14:textId="6C96E328" w:rsidR="0090029D" w:rsidRPr="008772B4" w:rsidRDefault="0090029D" w:rsidP="3BB55661">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="22"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...6 lines deleted...]
-            <w:r w:rsidRPr="00E434A5">
+            <w:r w:rsidRPr="008772B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Details of other </w:t>
+            </w:r>
+            <w:r w:rsidR="001A6371" w:rsidRPr="008772B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t>people</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008772B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> involved in the research project</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="41AE1A15" w14:textId="7F08CF4E" w:rsidR="0090029D" w:rsidRPr="006931AE" w:rsidRDefault="0090029D" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006931AE">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> requestor)</w:t>
+              </w:rPr>
+              <w:t>Please note: Data requests must include at least one Australian orthopaedic surgeon on the research project</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="0944258E" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="01D8EBA6" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="52E58234" w14:textId="77777777" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00724160">
+          <w:p w14:paraId="50455EEC" w14:textId="77777777" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49C0ECAB" w14:textId="4E96B1CD" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00724160">
+          <w:p w14:paraId="10575808" w14:textId="2D6E0F57" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="720941932"/>
+                <w:id w:val="-1805389599"/>
                 <w:placeholder>
-                  <w:docPart w:val="FDDA423CE2794984A498B112345E9384"/>
+                  <w:docPart w:val="DAFBC9628B3A4A0B8586C7D592AF150A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b w:val="0"/>
                     <w:bCs w:val="0"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="7E23DCFF" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="77AFAE7B" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="16616C5D" w14:textId="77777777" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00724160">
+          <w:p w14:paraId="79D4F061" w14:textId="77777777" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3286F2F8" w14:textId="3CCB80BB" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00724160">
+          <w:p w14:paraId="7916B877" w14:textId="660436AA" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="-1681662975"/>
+                <w:id w:val="-562644334"/>
                 <w:placeholder>
-                  <w:docPart w:val="20226261EE82473C98CA29CB374251B4"/>
+                  <w:docPart w:val="5F19FFA02EE04304ADBDB6AC985445A0"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b w:val="0"/>
                     <w:bCs w:val="0"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="4561CB71" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="2F0D035F" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40E218B9" w14:textId="1B41293C" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00724160">
+          <w:p w14:paraId="29C58B43" w14:textId="5AED8B98" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>/</w:t>
-[...13 lines deleted...]
-              <w:t>nit</w:t>
+              <w:t>/Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3CDB553D" w14:textId="23A8704A" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00724160">
+          <w:p w14:paraId="1A7C5672" w14:textId="62921BEC" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                  <w:b w:val="0"/>
-                  <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="1014338601"/>
+                <w:id w:val="-1021157499"/>
                 <w:placeholder>
-                  <w:docPart w:val="86DDFDF3345F4DE89809BDEB0839B092"/>
+                  <w:docPart w:val="F29C3A3DC90A48FE9270DED5509B6792"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b w:val="0"/>
                     <w:bCs w:val="0"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="37CD2B7A" w14:textId="77777777" w:rsidTr="56AB8D65">
-[...53 lines deleted...]
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="291B033C" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="000B7E44" w:rsidRPr="00E434A5" w14:paraId="22534E03" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5509BA31" w14:textId="77777777" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00724160">
+          <w:p w14:paraId="619FA71E" w14:textId="4DF6E667" w:rsidR="000B7E44" w:rsidRPr="000B7E44" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...4 lines deleted...]
-              <w:t>Name</w:t>
+            <w:r w:rsidRPr="00180624">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Are you an Orthopaedic Surgeon?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7138BF97" w14:textId="5FF872B1" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00724160">
+          <w:p w14:paraId="44DB0B75" w14:textId="1791979D" w:rsidR="000B7E44" w:rsidRPr="005306B9" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="1048579287"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C87C51" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000B7E44" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-2119828149"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C87C51" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000B7E44" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B91AFE" w:rsidRPr="00E434A5" w14:paraId="69ABCC99" w14:textId="77777777" w:rsidTr="001A6371">
+        <w:trPr>
+          <w:trHeight w:val="448"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="406E9CDC" w14:textId="4AEC17AF" w:rsidR="00B91AFE" w:rsidRPr="001A15EC" w:rsidRDefault="00B91AFE" w:rsidP="00B91AFE">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Are you an AOA member? </w:t>
+            </w:r>
+            <w:r w:rsidR="001D66F3" w:rsidRPr="001D66F3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An </w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A" w:rsidRPr="007766C6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>AOA membership number</w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is </w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> required</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7257" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E846F39" w14:textId="2BF9AF7D" w:rsidR="00B91AFE" w:rsidRPr="005306B9" w:rsidRDefault="00B91AFE" w:rsidP="00B91AFE">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-1671861076"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C87C51" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-1571188301"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="31B9C486" w14:textId="77777777" w:rsidTr="001A6371">
+        <w:trPr>
+          <w:trHeight w:val="242"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21471095" w14:textId="77777777" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7257" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E53D907" w14:textId="77777777" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="0556AD41" w14:textId="77777777" w:rsidTr="001A6371">
+        <w:trPr>
+          <w:trHeight w:val="448"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EB5207F" w14:textId="77777777" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7257" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45AC7D7B" w14:textId="667C9302" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="1153719910"/>
+                <w:id w:val="-1770450205"/>
                 <w:placeholder>
-                  <w:docPart w:val="2AB57999D24E4EB7A8954945748D1969"/>
+                  <w:docPart w:val="0BAD0D7F4BCF46F592C4EFDD7DAE899A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b w:val="0"/>
                     <w:bCs w:val="0"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="26F595AA" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="090387AA" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
-          <w:trHeight w:val="425"/>
+          <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C57E68C" w14:textId="77777777" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00724160">
+          <w:p w14:paraId="69415AB9" w14:textId="77777777" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="233442DB" w14:textId="27EA69C0" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00724160">
+          <w:p w14:paraId="0B424952" w14:textId="17ED496B" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="616492267"/>
+                <w:id w:val="-855189856"/>
                 <w:placeholder>
-                  <w:docPart w:val="5F821538C20F42269C90D23C783B902F"/>
+                  <w:docPart w:val="D9F3ADA694B343219018ED9496C93F8B"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b w:val="0"/>
                     <w:bCs w:val="0"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="68A95C02" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w14:paraId="3C867587" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="367B66E3" w14:textId="4398827F" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00724160">
+          <w:p w14:paraId="67783310" w14:textId="3AA2EA23" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00FF05D8" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3726DAEC" w14:textId="6EF625B5" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00724160">
+          <w:p w14:paraId="094BD065" w14:textId="74F683F0" w:rsidR="00FF05D8" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00FF05D8">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="50671430"/>
+                <w:id w:val="1408958174"/>
                 <w:placeholder>
-                  <w:docPart w:val="B467D3EF35C847CEB7B196E02094A23B"/>
+                  <w:docPart w:val="A69C50628F98400582A0214507BE629A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="00FF05D8" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b w:val="0"/>
                     <w:bCs w:val="0"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="4F2B6EC5" w14:textId="77777777" w:rsidTr="56AB8D65">
-[...41 lines deleted...]
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="01D8EBA6" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="000B7E44" w:rsidRPr="00E434A5" w14:paraId="2BE57C5C" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="50455EEC" w14:textId="77777777" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00724160">
+          <w:p w14:paraId="12356217" w14:textId="1AEC2C32" w:rsidR="000B7E44" w:rsidRPr="000B7E44" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...4 lines deleted...]
-              <w:t>Name</w:t>
+            <w:r w:rsidRPr="00180624">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Are you an Orthopaedic Surgeon?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10575808" w14:textId="2D6E0F57" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00724160">
+          <w:p w14:paraId="2500D483" w14:textId="5A8C18B8" w:rsidR="000B7E44" w:rsidRPr="005306B9" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-1031495252"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000B7E44" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="906504512"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000B7E44" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B91AFE" w:rsidRPr="00E434A5" w14:paraId="6BF4BFF5" w14:textId="77777777" w:rsidTr="001A6371">
+        <w:trPr>
+          <w:trHeight w:val="448"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05708A92" w14:textId="5480D36B" w:rsidR="00B91AFE" w:rsidRPr="001A15EC" w:rsidRDefault="00B91AFE" w:rsidP="00B91AFE">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Are you an AOA member? </w:t>
+            </w:r>
+            <w:r w:rsidR="00937E0D" w:rsidRPr="00937E0D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An </w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A" w:rsidRPr="007766C6">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>AOA membership number</w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is </w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> required</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7257" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4980C43A" w14:textId="4C1627C7" w:rsidR="00B91AFE" w:rsidRPr="005306B9" w:rsidRDefault="00B91AFE" w:rsidP="00B91AFE">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-51472771"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0068791D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-2052835975"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B7E44" w:rsidRPr="00E434A5" w14:paraId="74404F38" w14:textId="77777777" w:rsidTr="001A6371">
+        <w:trPr>
+          <w:trHeight w:val="364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9627" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D5796C9" w14:textId="77777777" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000B7E44" w:rsidRPr="00E434A5" w14:paraId="6EF09280" w14:textId="77777777" w:rsidTr="001A6371">
+        <w:trPr>
+          <w:trHeight w:val="448"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="622C0C01" w14:textId="77777777" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7257" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ED57B86" w14:textId="5782C583" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="-1805389599"/>
+                <w:id w:val="697205068"/>
                 <w:placeholder>
-                  <w:docPart w:val="FA87517BB39B48749CDF9A720AC42962"/>
+                  <w:docPart w:val="382CE64795A34F508F7CCF971D5A17B6"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="000B7E44" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b w:val="0"/>
                     <w:bCs w:val="0"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="77AFAE7B" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="000B7E44" w:rsidRPr="00E434A5" w14:paraId="27C00943" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="79D4F061" w14:textId="77777777" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00724160">
+          <w:p w14:paraId="1E313C00" w14:textId="77777777" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7916B877" w14:textId="660436AA" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00724160">
+          <w:p w14:paraId="61D79D72" w14:textId="4162A003" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="-562644334"/>
+                <w:id w:val="1338267289"/>
                 <w:placeholder>
-                  <w:docPart w:val="17488C40D266499990E6357B59AA2A7C"/>
+                  <w:docPart w:val="D16B5C0468144514B32110884451FDAD"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="000B7E44" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b w:val="0"/>
                     <w:bCs w:val="0"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="2F0D035F" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="000B7E44" w:rsidRPr="00E434A5" w14:paraId="2D1DFAE6" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="29C58B43" w14:textId="5AED8B98" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00724160">
+          <w:p w14:paraId="0D3029EE" w14:textId="08047ED9" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A7C5672" w14:textId="62921BEC" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00724160">
+          <w:p w14:paraId="0BC55A18" w14:textId="6C4AEDCB" w:rsidR="000B7E44" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="-1021157499"/>
+                <w:id w:val="-1829047478"/>
                 <w:placeholder>
-                  <w:docPart w:val="A5C8FCC4CCC54A3DB7CAE9F161705B07"/>
+                  <w:docPart w:val="8B1A570EBFAF407B9565C2A560BD35EE"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="000B7E44" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b w:val="0"/>
                     <w:bCs w:val="0"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="31B9C486" w14:textId="77777777" w:rsidTr="56AB8D65">
-[...41 lines deleted...]
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="0556AD41" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="000B7E44" w:rsidRPr="00E434A5" w14:paraId="1BA3698A" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3EB5207F" w14:textId="77777777" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00724160">
+          <w:p w14:paraId="3B93625C" w14:textId="486F73A6" w:rsidR="000B7E44" w:rsidRPr="000B7E44" w:rsidRDefault="000B7E44" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...4 lines deleted...]
-              <w:t>Name</w:t>
+            <w:r w:rsidRPr="00180624">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Are you an Orthopaedic Surgeon?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45AC7D7B" w14:textId="667C9302" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00724160">
+          <w:p w14:paraId="20313AA4" w14:textId="102C79E0" w:rsidR="000B7E44" w:rsidRPr="0068791D" w:rsidRDefault="00E504DB" w:rsidP="000B7E44">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-828210670"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0068791D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000B7E44" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="911583152"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000B7E44" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B91AFE" w:rsidRPr="00E434A5" w14:paraId="5EE285B6" w14:textId="77777777" w:rsidTr="001A6371">
+        <w:trPr>
+          <w:trHeight w:val="448"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F57DC82" w14:textId="7C7A05C4" w:rsidR="00B91AFE" w:rsidRPr="005306B9" w:rsidRDefault="00B91AFE" w:rsidP="00B91AFE">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Are you an AOA member? </w:t>
+            </w:r>
+            <w:r w:rsidR="00937E0D" w:rsidRPr="00937E0D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An </w:t>
+            </w:r>
+            <w:r w:rsidR="00C87C51" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>AOA membership number</w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is </w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> required</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7257" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08B33AC6" w14:textId="0411B3D6" w:rsidR="00B91AFE" w:rsidRPr="005306B9" w:rsidRDefault="00E504DB" w:rsidP="00B91AFE">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="1051814206"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0068791D">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00B91AFE" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-364441132"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B91AFE" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No      </w:t>
+            </w:r>
+            <w:r w:rsidR="00B91AFE" w:rsidRPr="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A6371" w:rsidRPr="00E434A5" w14:paraId="0919F94C" w14:textId="77777777" w:rsidTr="001A6371">
+        <w:trPr>
+          <w:trHeight w:val="364"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9627" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="176497A3" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="001A6371" w:rsidP="00CB0710">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A6371" w:rsidRPr="00E434A5" w14:paraId="25AA6792" w14:textId="77777777" w:rsidTr="001A6371">
+        <w:trPr>
+          <w:trHeight w:val="448"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2370" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="447D8B1C" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="001A6371" w:rsidP="00CB0710">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Name</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7257" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F4E9B59" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00CB0710">
+            <w:pPr>
+              <w:pStyle w:val="BodyText2"/>
+              <w:spacing w:after="60"/>
+              <w:ind w:right="403"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="-1770450205"/>
+                <w:id w:val="-539351553"/>
                 <w:placeholder>
-                  <w:docPart w:val="C253EC5223A24F808DC25F6EC2193554"/>
+                  <w:docPart w:val="CAC6C84E77964A7399A5625BCD7084FC"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b w:val="0"/>
                     <w:bCs w:val="0"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="090387AA" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="001A6371" w:rsidRPr="00E434A5" w14:paraId="18396797" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69415AB9" w14:textId="77777777" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00724160">
+          <w:p w14:paraId="15541566" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="001A6371" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Position</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B424952" w14:textId="17ED496B" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00724160">
+          <w:p w14:paraId="55C596DC" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="-855189856"/>
+                <w:id w:val="-226695641"/>
                 <w:placeholder>
-                  <w:docPart w:val="1222D53323A3455792B4C8FF16F26421"/>
+                  <w:docPart w:val="9F43BAEEE4224572887558FE4D8DBFE5"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b w:val="0"/>
                     <w:bCs w:val="0"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="3C867587" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="001A6371" w:rsidRPr="00E434A5" w14:paraId="1020C2F7" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="67783310" w14:textId="3AA2EA23" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00724160">
+          <w:p w14:paraId="6D47D462" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="001A6371" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Organisation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>/Unit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="094BD065" w14:textId="74F683F0" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00724160">
+          <w:p w14:paraId="77ABAD35" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:b w:val="0"/>
+                  <w:bCs w:val="0"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="1408958174"/>
+                <w:id w:val="-540675690"/>
                 <w:placeholder>
-                  <w:docPart w:val="CB235678A0484110AB08FFBC2E9BF50D"/>
+                  <w:docPart w:val="1AFA543383FB4BB2A42F111B4DE3B6C4"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:b w:val="0"/>
                     <w:bCs w:val="0"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="74404F38" w14:textId="77777777" w:rsidTr="56AB8D65">
-[...23 lines deleted...]
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="6EF09280" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="001A6371" w:rsidRPr="0068791D" w14:paraId="43E2AD80" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="622C0C01" w14:textId="77777777" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00724160">
+          <w:p w14:paraId="53E4492F" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="000B7E44" w:rsidRDefault="001A6371" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...4 lines deleted...]
-              <w:t>Name</w:t>
+            <w:r w:rsidRPr="00180624">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Are you an Orthopaedic Surgeon?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ED57B86" w14:textId="5782C583" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00724160">
+          <w:p w14:paraId="77D8668A" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="0068791D" w:rsidRDefault="00E504DB" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                  <w:b w:val="0"/>
-[...1 lines deleted...]
-                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="697205068"/>
-[...4 lines deleted...]
-                <w:text w:multiLine="1"/>
+                <w:id w:val="-2144184818"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="001A6371">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
-[...3 lines deleted...]
-                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
-                  <w:t>Click or tap here to enter text.</w:t>
+                  <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="001A6371" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A6371" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Yes  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-1613508006"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="001A6371">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="001A6371" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A6371" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A41622" w:rsidRPr="00E434A5" w14:paraId="27C00943" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="001A6371" w:rsidRPr="005306B9" w14:paraId="70E07B05" w14:textId="77777777" w:rsidTr="001A6371">
         <w:trPr>
           <w:trHeight w:val="448"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2370" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E313C00" w14:textId="77777777" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00724160">
+          <w:p w14:paraId="6A26DA98" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="005306B9" w:rsidRDefault="001A6371" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:szCs w:val="22"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...4 lines deleted...]
-              <w:t>Position</w:t>
+            <w:r w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Are you an AOA member? </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937E0D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>AOA membership number</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>not</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> required</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7257" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61D79D72" w14:textId="4162A003" w:rsidR="00A41622" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00724160">
+          <w:p w14:paraId="6F9CE3EA" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="005306B9" w:rsidRDefault="00E504DB" w:rsidP="00CB0710">
             <w:pPr>
               <w:pStyle w:val="BodyText2"/>
               <w:spacing w:after="60"/>
               <w:ind w:right="403"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                  <w:b w:val="0"/>
-[...1 lines deleted...]
-                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="1338267289"/>
-[...4 lines deleted...]
-                <w:text w:multiLine="1"/>
+                <w:id w:val="664219101"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="001A6371">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
-[...3 lines deleted...]
-                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
-                  <w:t>Click or tap here to enter text.</w:t>
+                  <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...49 lines deleted...]
-              <w:ind w:right="403"/>
+            <w:r w:rsidR="001A6371" w:rsidRPr="005306B9">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">Yes  </w:t>
+            </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                  <w:b w:val="0"/>
-[...1 lines deleted...]
-                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-1829047478"/>
-[...4 lines deleted...]
-                <w:text w:multiLine="1"/>
+                <w:id w:val="-921573967"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="001A6371">
                   <w:rPr>
-                    <w:rStyle w:val="PlaceholderText"/>
-[...3 lines deleted...]
-                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
                   </w:rPr>
-                  <w:t>Click or tap here to enter text.</w:t>
+                  <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="001A6371" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A6371" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No      </w:t>
+            </w:r>
+            <w:r w:rsidR="001A6371" w:rsidRPr="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">           </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1763EEA4" w14:textId="6DDCEB3F" w:rsidR="00375082" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00B277F3">
+    <w:p w14:paraId="3F8937C2" w14:textId="77777777" w:rsidR="001A6371" w:rsidRDefault="001A6371" w:rsidP="001A6371">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:smallCaps/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1763EEA4" w14:textId="5CF509E3" w:rsidR="00375082" w:rsidRPr="00E434A5" w:rsidRDefault="00A41622" w:rsidP="00B277F3">
       <w:pPr>
         <w:ind w:left="426" w:hanging="426"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:smallCaps/>
         </w:rPr>
         <w:t xml:space="preserve">* </w:t>
       </w:r>
       <w:r w:rsidR="4CEBD493" w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Please</w:t>
       </w:r>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> attach a list of additional investigators if required</w:t>
       </w:r>
@@ -3348,1415 +6386,3742 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Must be Completed</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="113" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="4253"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AF7515" w:rsidRPr="00E434A5" w14:paraId="2522DB10" w14:textId="77777777" w:rsidTr="00335DA9">
+      <w:tr w:rsidR="00AF7515" w:rsidRPr="00E434A5" w14:paraId="2522DB10" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="3C86911F" w14:textId="77777777" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00AF7515" w:rsidP="00AF7515">
             <w:pPr>
               <w:spacing w:before="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Details of Data Usage</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="24C1428D" w14:textId="117A2968" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00AF7515" w:rsidP="00AF7515">
+          <w:p w14:paraId="24C1428D" w14:textId="67C1DBB4" w:rsidR="00AF7515" w:rsidRPr="006931AE" w:rsidRDefault="00AF7515" w:rsidP="00AF7515">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
-                <w:sz w:val="16"/>
-[...2 lines deleted...]
-              <w:t>Please provide details of intended use of the requested data</w:t>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide details of </w:t>
+            </w:r>
+            <w:r w:rsidR="00E975C6" w:rsidRPr="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>intended use of the requested data</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC1110" w:rsidRPr="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Note:</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC1110" w:rsidRPr="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00AC1110" w:rsidRPr="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Requests submitted without responses to the questions below will not be processed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF7515" w:rsidRPr="00E434A5" w14:paraId="6E725CB0" w14:textId="77777777" w:rsidTr="00335DA9">
+      <w:tr w:rsidR="00AF7515" w:rsidRPr="00E434A5" w14:paraId="6E725CB0" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3B843D13" w14:textId="058A7C9A" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00AF7515" w:rsidP="004A10E0">
+          <w:p w14:paraId="3B843D13" w14:textId="058A7C9A" w:rsidR="00AF7515" w:rsidRPr="005E6F93" w:rsidRDefault="00AF7515" w:rsidP="004A10E0">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="005E6F93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Conference submission</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01D7C13C" w14:textId="5A295770" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00AF7515">
+          <w:p w14:paraId="01D7C13C" w14:textId="0C519A9E" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00AF7515">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-1950077256"/>
+                <w:id w:val="2101206992"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0005576A">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00AF7515" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F006D6B" w14:textId="005424C7" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00AF7515">
+          <w:p w14:paraId="1F006D6B" w14:textId="0BC860C0" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00AF7515">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-1411381681"/>
+                <w:id w:val="1484353157"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00817982" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0005576A">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AF7515" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AF7515" w:rsidRPr="00E434A5" w14:paraId="097A2BD8" w14:textId="77777777" w:rsidTr="00335DA9">
+      <w:tr w:rsidR="007D2F1C" w:rsidRPr="00E434A5" w14:paraId="3BF0D283" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="56CD344E" w14:textId="72066B4D" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00AF7515" w:rsidP="00A83AF6">
+          <w:p w14:paraId="6DFC7EE1" w14:textId="47CDAF07" w:rsidR="007D2F1C" w:rsidRPr="005E6F93" w:rsidRDefault="007D2F1C" w:rsidP="007D2F1C">
             <w:pPr>
-              <w:rPr>
-[...1 lines deleted...]
-                <w:color w:val="auto"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="005E6F93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Journal publication</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="761B4A62" w14:textId="05BF24BC" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00AF7515">
+          <w:p w14:paraId="0A9C82F7" w14:textId="69592279" w:rsidR="007D2F1C" w:rsidRDefault="00E504DB" w:rsidP="007D2F1C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="1729651929"/>
+                <w:id w:val="1832715682"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0005576A">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AF7515" w:rsidRPr="00E434A5">
+            <w:r w:rsidR="007D2F1C" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="195C6ACE" w14:textId="4FDC4702" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00AF7515">
+          <w:p w14:paraId="3158EFB5" w14:textId="378AA988" w:rsidR="007D2F1C" w:rsidRDefault="00E504DB" w:rsidP="007D2F1C">
             <w:pPr>
-              <w:spacing w:before="80" w:after="120"/>
-[...4 lines deleted...]
-                <w:color w:val="auto"/>
+              <w:spacing w:before="80" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="860248360"/>
+                <w:id w:val="1178004631"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0005576A">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00AF7515" w:rsidRPr="00E434A5">
+            <w:r w:rsidR="007D2F1C" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="061EB955" w14:textId="77777777" w:rsidTr="00335DA9">
+      <w:tr w:rsidR="007D2F1C" w:rsidRPr="00E434A5" w14:paraId="0924CB8F" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5EACD710" w14:textId="1B79536E" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="4EF79558" w14:textId="06E380AD" w:rsidR="007D2F1C" w:rsidRPr="005E6F93" w:rsidRDefault="007D2F1C" w:rsidP="007D2F1C">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...3 lines deleted...]
-              <w:t>Are you in receipt of funding for this research?</w:t>
+            <w:r w:rsidRPr="00144B8D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is the project based solely on </w:t>
+            </w:r>
+            <w:r w:rsidR="009807AB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>AOANJRR</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00144B8D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> data?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6BE7A763" w14:textId="77777777" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="0B29232B" w14:textId="768314F1" w:rsidR="007D2F1C" w:rsidRDefault="00E504DB" w:rsidP="007D2F1C">
             <w:pPr>
-              <w:spacing w:before="240" w:after="80"/>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:spacing w:before="80" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="634910886"/>
+                <w:id w:val="597215499"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0005576A">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> Yes</w:t>
+            <w:r w:rsidR="0005576A" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007D2F1C" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="27C36405" w14:textId="6037841F" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="525F23AC" w14:textId="77777777" w:rsidR="007D2F1C" w:rsidRDefault="00E504DB" w:rsidP="007D2F1C">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
-              <w:rPr>
-[...5 lines deleted...]
-            <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(please detail)</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-1993250552"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
+            <w:r w:rsidR="007D2F1C" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r w:rsidR="0094269C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0094269C" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(please provide details)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4436E610" w14:textId="624FDB1E" w:rsidR="0094269C" w:rsidRDefault="00E504DB" w:rsidP="007D2F1C">
+            <w:pPr>
+              <w:spacing w:before="80" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="-937444991"/>
+                <w:id w:val="-192607024"/>
                 <w:placeholder>
-                  <w:docPart w:val="0F537CC0D48C4C209FFF60AB7F7F0CC3"/>
+                  <w:docPart w:val="FFCB4DBA216F4C07BE95066ECB0202A2"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0094269C" w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="061EB955" w14:textId="77777777" w:rsidTr="70BAAEE8">
+        <w:trPr>
+          <w:trHeight w:val="279"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EACD710" w14:textId="757338CF" w:rsidR="0035329A" w:rsidRPr="005E6F93" w:rsidRDefault="0035329A" w:rsidP="0035329A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005E6F93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Are you in receipt of funding for this research?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If yes, please </w:t>
+            </w:r>
+            <w:r w:rsidR="001A15EC" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">provide specific details of </w:t>
+            </w:r>
+            <w:r w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>the funding.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE7A763" w14:textId="315FEF74" w:rsidR="0035329A" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="1316918769"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0005576A" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0035329A" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0005576A" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(please provide details)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27C36405" w14:textId="78AB9850" w:rsidR="0035329A" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
+            <w:pPr>
+              <w:spacing w:before="80" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="1311753518"/>
+                <w:placeholder>
+                  <w:docPart w:val="09FBA93197E14B70BFAF8253EB7D4A45"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A" w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0005576A" w:rsidRPr="00E434A5" w:rsidDel="0005576A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE0DA2D" w14:textId="38E7B8E1" w:rsidR="0035329A" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
+            <w:pPr>
+              <w:spacing w:before="80" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="1771510466"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00506BA6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0005576A" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0035329A" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F163F4" w:rsidRPr="00E434A5" w14:paraId="22CFB483" w14:textId="77777777" w:rsidTr="70BAAEE8">
+        <w:trPr>
+          <w:trHeight w:val="279"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DBAA697" w14:textId="40EC70C2" w:rsidR="00F163F4" w:rsidRPr="005E6F93" w:rsidRDefault="1FBC05EA" w:rsidP="36160B48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="70BAAEE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please confirm whether this is a multi-registry study or if </w:t>
+            </w:r>
+            <w:r w:rsidR="43F50B38" w:rsidRPr="70BAAEE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">the data you </w:t>
+            </w:r>
+            <w:r w:rsidR="1A333EAF" w:rsidRPr="70BAAEE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>are requesting</w:t>
+            </w:r>
+            <w:r w:rsidRPr="70BAAEE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="48201407" w:rsidRPr="70BAAEE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">is </w:t>
+            </w:r>
+            <w:r w:rsidRPr="70BAAEE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>combined with another data source.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A696595" w14:textId="49A30E5C" w:rsidR="00F163F4" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00F163F4">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="1462761355"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00506BA6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F163F4" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F163F4" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="00F163F4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F163F4" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(please provide details</w:t>
+            </w:r>
+            <w:r w:rsidR="00F163F4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or name of the other registry</w:t>
+            </w:r>
+            <w:r w:rsidR="00F163F4" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0C95CCE5" w14:textId="086AC4AC" w:rsidR="00F163F4" w:rsidRDefault="00E504DB" w:rsidP="00F163F4">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="180862748"/>
+                <w:placeholder>
+                  <w:docPart w:val="0B6D7007088A489F8807E05157206E9D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00F163F4" w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F163F4" w:rsidRPr="00E434A5" w:rsidDel="0005576A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4253" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E21F17" w14:textId="743D584A" w:rsidR="00F163F4" w:rsidRDefault="00E504DB" w:rsidP="00F163F4">
+            <w:pPr>
+              <w:spacing w:before="80" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-294367474"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00506BA6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00F163F4" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F163F4" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001A6371" w:rsidRPr="00E434A5" w14:paraId="6049B164" w14:textId="77777777" w:rsidTr="70BAAEE8">
+        <w:trPr>
+          <w:trHeight w:val="279"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43ADB471" w14:textId="3AF157B1" w:rsidR="001A6371" w:rsidRPr="005E6F93" w:rsidRDefault="001A6371" w:rsidP="001A6371">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002B0DC9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please advise if you plan to conduct </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">a </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B0DC9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">statistical analysis on </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA5AE3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>any</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B0DC9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> data provided.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A5F5A7D" w14:textId="5DCD8FEE" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-232863284"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="001A6371">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes </w:t>
+            </w:r>
+            <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(please provide details)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79F03581" w14:textId="071F34AC" w:rsidR="001A6371" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="-93333516"/>
+                <w:placeholder>
+                  <w:docPart w:val="5572FD1D7E1B4C5B9B4472AA861C2E0F"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0DE0DA2D" w14:textId="31F084E9" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="0F4189A1" w14:textId="6B2B41A3" w:rsidR="001A6371" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-214348956"/>
+                <w:id w:val="-1220284664"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="00506BA6">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> No</w:t>
+            <w:r w:rsidR="001A6371" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A90FB8" w:rsidRPr="00E434A5" w14:paraId="0032F4B3" w14:textId="77777777" w:rsidTr="00335DA9">
+      <w:tr w:rsidR="001A6371" w:rsidRPr="00E434A5" w14:paraId="0032F4B3" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="279"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E80D72E" w14:textId="77777777" w:rsidR="00A90FB8" w:rsidRPr="00E434A5" w:rsidRDefault="00A90FB8" w:rsidP="00716106">
+          <w:p w14:paraId="6E80D72E" w14:textId="77777777" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="001A6371" w:rsidP="001A6371">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="194F30A7" w14:textId="58346E85" w:rsidR="00A90FB8" w:rsidRPr="00E434A5" w:rsidRDefault="00A90FB8" w:rsidP="1DA083CA">
+          <w:p w14:paraId="7255922D" w14:textId="56AB0110" w:rsidR="001A6371" w:rsidRPr="001D66F3" w:rsidRDefault="001A6371" w:rsidP="001A6371">
             <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00B14285">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
+              <w:t xml:space="preserve">Can you please confirm that a disclosure form has been attached for </w:t>
+            </w:r>
+            <w:r w:rsidR="001D66F3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t>DO YOU HAVE A CONFLICT OF INTEREST TO DECLARE IN RELATION TO THIS RESEARCH (I.E. COMMERCIAL INTEREST)?</w:t>
-[...5 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:t xml:space="preserve">yourself and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B14285">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>each co-requester</w:t>
+            </w:r>
+            <w:r w:rsidR="001D66F3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
+            <w:r w:rsidR="001D66F3" w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(I.E. Commercial Interest)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FDAF94B" w14:textId="09D98B30" w:rsidR="001A6371" w:rsidRPr="00A27392" w:rsidRDefault="001A6371" w:rsidP="001A6371">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45BF003C" w14:textId="77777777" w:rsidR="002309B6" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="002309B6">
+          <w:p w14:paraId="45BF003C" w14:textId="7C68EEEC" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="240" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-2060779800"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="002309B6" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="001A6371">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00A90FB8" w:rsidRPr="00E434A5">
+            <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Yes </w:t>
             </w:r>
-            <w:r w:rsidR="00A90FB8" w:rsidRPr="00E434A5">
-[...34 lines deleted...]
-            </w:r>
           </w:p>
-          <w:p w14:paraId="3E9AB200" w14:textId="581F59A5" w:rsidR="00A90FB8" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="002309B6">
+          <w:p w14:paraId="3E9AB200" w14:textId="581F59A5" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="240" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1730644918"/>
                 <w:placeholder>
-                  <w:docPart w:val="8E2033E6D0D84DBF9D2A64339022BD2B"/>
+                  <w:docPart w:val="C02B53845A00473AAF7098CE70DA9170"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00A90FB8" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4253" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FAB784D" w14:textId="1983907F" w:rsidR="00A90FB8" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="3EE2EA18" w14:textId="7880B711" w:rsidR="001A6371" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="80" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-839472003"/>
+                <w:id w:val="-1311858767"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="006D44F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="001A6371">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00A90FB8" w:rsidRPr="00E434A5">
-[...4 lines deleted...]
-            </w:r>
+            <w:r w:rsidR="001A6371" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r w:rsidR="001A6371">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(please provide details)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FAB784D" w14:textId="3125CE9E" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="001A6371">
+            <w:pPr>
+              <w:spacing w:before="80" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="1104624028"/>
+                <w:placeholder>
+                  <w:docPart w:val="2AEED5C7D4F642E08C1E7209BFDA155E"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="001A6371" w:rsidRPr="00E434A5">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006D44F4" w:rsidRPr="00E434A5" w14:paraId="4E9C831D" w14:textId="77777777" w:rsidTr="00335DA9">
+      <w:tr w:rsidR="001A6371" w:rsidRPr="00E434A5" w14:paraId="4E9C831D" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="724"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="12" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
               <w:left w:val="single" w:sz="12" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
               <w:bottom w:val="single" w:sz="12" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
               <w:right w:val="single" w:sz="12" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AC740F2" w14:textId="4B32DDD1" w:rsidR="006D44F4" w:rsidRPr="00E434A5" w:rsidRDefault="006D44F4" w:rsidP="006D44F4">
+          <w:p w14:paraId="7AC740F2" w14:textId="4B32DDD1" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="001A6371" w:rsidP="001A6371">
             <w:pPr>
               <w:ind w:left="112" w:right="111"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Please note that AOANJRR</w:t>
-[...9 lines deleted...]
-            <w:r w:rsidR="00354FF2" w:rsidRPr="00E434A5">
+              <w:t xml:space="preserve">Please note that AOANJRR </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Request </w:t>
-[...9 lines deleted...]
-              <w:t xml:space="preserve">data </w:t>
+              <w:t xml:space="preserve">Request data </w:t>
             </w:r>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>cannot</w:t>
             </w:r>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> be shared</w:t>
             </w:r>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> with anyone outside of the research team nominated on this form.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5768128D" w14:textId="42067FD1" w:rsidR="006D44F4" w:rsidRPr="00E434A5" w:rsidRDefault="006D44F4" w:rsidP="002309B6">
+          <w:p w14:paraId="5768128D" w14:textId="42C2329A" w:rsidR="001A6371" w:rsidRPr="00E434A5" w:rsidRDefault="001A6371" w:rsidP="001A6371">
             <w:pPr>
               <w:spacing w:before="80" w:after="120"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="01214177">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Any </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="01214177">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>data breach</w:t>
             </w:r>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="01214177">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> will be </w:t>
             </w:r>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="01214177">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">the responsibility of the </w:t>
-[...5 lines deleted...]
-                <w:bCs/>
+              <w:t>the responsibility of the data requestors</w:t>
+            </w:r>
+            <w:r w:rsidRPr="01214177">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>data</w:t>
-[...17 lines deleted...]
-              <w:t>, including any financial consequences to the AOA or AOANJRR.</w:t>
+              <w:t>, including any financial consequences to AOA or AOANJRR.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="7A104957" w14:textId="77777777" w:rsidTr="00335DA9">
+    </w:tbl>
+    <w:p w14:paraId="26637447" w14:textId="77777777" w:rsidR="00115F75" w:rsidRDefault="00115F75"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9923" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="113" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9923"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="64C79C11" w14:textId="77777777" w:rsidTr="7DDEB7BB">
         <w:trPr>
           <w:trHeight w:val="65"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="226AE642" w14:textId="76DB53BC" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="07BCD158" w14:textId="77777777" w:rsidR="0093793B" w:rsidRDefault="000338C8" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Hypothesis</w:t>
+              <w:t>Research</w:t>
+            </w:r>
+            <w:r w:rsidR="0035329A" w:rsidRPr="00967E89">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Project </w:t>
+            </w:r>
+            <w:r w:rsidR="00E0491F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Context</w:t>
+            </w:r>
+            <w:r w:rsidR="00E0491F" w:rsidRPr="00967E89">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C30B0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="705AC1BE" w14:textId="0A27DBCC" w:rsidR="0035329A" w:rsidRPr="006931AE" w:rsidRDefault="0094269C" w:rsidP="0035329A">
+            <w:pPr>
+              <w:spacing w:before="80" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Registry encourages researchers to make initial contact with the Registry Team (data request email/Manager) to discuss their proposed research </w:t>
+            </w:r>
+            <w:r w:rsidR="0093793B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> refine their research project description in advance of completing this application form</w:t>
+            </w:r>
+            <w:r w:rsidR="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="006931AE" w:rsidRPr="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Note: </w:t>
+            </w:r>
+            <w:r w:rsidR="006931AE" w:rsidRPr="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Requests submitted without the required documents or without responses to the questions below will not be processed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="2374BAA8" w14:textId="77777777" w:rsidTr="00335DA9">
+      <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="1916769C" w14:textId="77777777" w:rsidTr="00535EE4">
+        <w:trPr>
+          <w:trHeight w:val="65"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04815378" w14:textId="77777777" w:rsidR="0093793B" w:rsidRDefault="0035329A" w:rsidP="0035329A">
+            <w:pPr>
+              <w:spacing w:before="80" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00772D60">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>How many data requests will be required to meet your overall project needs?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A133AC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00A133AC" w:rsidRPr="00A133AC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A133AC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please provide a brief </w:t>
+            </w:r>
+            <w:r w:rsidR="00A133AC" w:rsidRPr="00A133AC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>breakdown</w:t>
+            </w:r>
+            <w:r w:rsidR="00A133AC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3E59E0EB" w14:textId="2914B45F" w:rsidR="0035329A" w:rsidRDefault="00A133AC" w:rsidP="0035329A">
+            <w:pPr>
+              <w:spacing w:before="80" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Note</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A133AC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>: If this question does not apply to your project, please skip</w:t>
+            </w:r>
+            <w:r w:rsidR="00780F83">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> this question and</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A133AC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the next questions and indicate “N/A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in the field below</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A133AC">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.”</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="212F75C2" w14:textId="77777777" w:rsidTr="7DDEB7BB">
         <w:trPr>
           <w:trHeight w:val="414"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5DDA86DD" w14:textId="47D417DB" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="58BB36BA" w14:textId="77777777" w:rsidR="0035329A" w:rsidRPr="004F7EF6" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="1933306749"/>
+                <w:id w:val="862097600"/>
                 <w:placeholder>
-                  <w:docPart w:val="2AAC5F7A6DD54D2DAE60266C51EC4705"/>
+                  <w:docPart w:val="CBBF7B9593E94E8AB060FB8CCDE17756"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0035329A" w:rsidRPr="004F7EF6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="644DF20A" w14:textId="77777777" w:rsidTr="00335DA9">
+      <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="11453909" w14:textId="77777777" w:rsidTr="00535EE4">
         <w:trPr>
           <w:trHeight w:val="202"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="502987DC" w14:textId="3F187E44" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="34C55471" w14:textId="68275255" w:rsidR="0035329A" w:rsidRPr="004F7EF6" w:rsidRDefault="0035329A" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
+            <w:r w:rsidRPr="004873B2">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Ai</w:t>
-[...9 lines deleted...]
-              <w:t>m(s)</w:t>
+              <w:t xml:space="preserve">Please specify which part of the project the current request pertains to: </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="6D8D51ED" w14:textId="77777777" w:rsidTr="00335DA9">
+      <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="3A3AA2DD" w14:textId="77777777" w:rsidTr="7DDEB7BB">
         <w:trPr>
           <w:trHeight w:val="428"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1D4B51C9" w14:textId="278CAD82" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="27A9DAC6" w14:textId="77777777" w:rsidR="0035329A" w:rsidRPr="004F7EF6" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="-926114414"/>
+                <w:id w:val="1905724407"/>
                 <w:placeholder>
-                  <w:docPart w:val="6D6287004DB245F19AC34D90B3C63C7D"/>
+                  <w:docPart w:val="678CC50680874216A4608394F7DF4F3F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0035329A" w:rsidRPr="004F7EF6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="27A9B0A3" w14:textId="77777777" w:rsidTr="00335DA9">
+      <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="2DD8E00E" w14:textId="77777777" w:rsidTr="00535EE4">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="143"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E51EACD" w14:textId="721A7CE9" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="7686D651" w14:textId="08898314" w:rsidR="0035329A" w:rsidRPr="004F7EF6" w:rsidRDefault="0035329A" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="_Hlk57713820"/>
-            <w:r w:rsidRPr="00E434A5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t>Brief Background Information</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="7DDEB7BB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r w:rsidRPr="7DDEB7BB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:rPr>
+              <w:t>lease attach your project proposal to the request and outline any proposed future AOANJRR data requests as part of your overall plan for completing your</w:t>
+            </w:r>
+            <w:r w:rsidR="000338C8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> project. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="3B3CE5B2" w14:textId="77777777" w:rsidTr="00335DA9">
+      <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="640FA152" w14:textId="77777777" w:rsidTr="008772B4">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="530"/>
+          <w:trHeight w:val="742"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="634077B2" w14:textId="0C1C0201" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="74185206" w14:textId="51B967E1" w:rsidR="0035329A" w:rsidRPr="008772B4" w:rsidRDefault="0035329A" w:rsidP="0035329A">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="008772B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Can you please confirm that the document is attached to the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t>request</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-1509133768"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="1926291477"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0005576A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+            <w:r w:rsidR="007B67B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
-                <w:id w:val="1459449383"/>
+                <w:id w:val="-553011598"/>
                 <w:placeholder>
-                  <w:docPart w:val="04DA99E7C1424E06B08F7EE3A27AEAC8"/>
+                  <w:docPart w:val="26577F523E4D467987742ADA68E53915"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="007B67B3" w:rsidRPr="004F7EF6">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000338C8" w:rsidRPr="00E434A5" w14:paraId="7D1B93CD" w14:textId="77777777" w:rsidTr="000338C8">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="406"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B81C97D" w14:textId="1ABF7155" w:rsidR="000338C8" w:rsidRPr="000338C8" w:rsidRDefault="000338C8" w:rsidP="000338C8">
+            <w:pPr>
+              <w:spacing w:before="80" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000338C8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please attach your literature review for the project. </w:t>
+            </w:r>
+            <w:r w:rsidR="007D2A8F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Projects without the literature review will not progress. </w:t>
+            </w:r>
+            <w:r w:rsidR="007D2A8F" w:rsidRPr="0094269C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="0094269C" w:rsidRPr="0094269C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>In order to</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="0094269C" w:rsidRPr="0094269C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> evaluate your research request</w:t>
+            </w:r>
+            <w:r w:rsidR="0094269C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="0094269C" w:rsidRPr="0094269C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> we require a brief review of the current literature </w:t>
+            </w:r>
+            <w:r w:rsidR="0094269C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>related</w:t>
+            </w:r>
+            <w:r w:rsidR="0094269C" w:rsidRPr="0094269C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to your proposed research. Please attach an abbreviated lit</w:t>
+            </w:r>
+            <w:r w:rsidR="00780F83">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>erature</w:t>
+            </w:r>
+            <w:r w:rsidR="0094269C" w:rsidRPr="0094269C">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> review of no more than 2 pages and include any relevant previous AOANJRR publications [insert link] that may relate to your request.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000338C8" w:rsidRPr="00E434A5" w14:paraId="325AEDC7" w14:textId="77777777" w:rsidTr="000338C8">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="406"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D507310" w14:textId="240EFB92" w:rsidR="000338C8" w:rsidRPr="000338C8" w:rsidRDefault="000338C8" w:rsidP="000338C8">
+            <w:pPr>
+              <w:spacing w:before="80" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008772B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Can you please confirm that the </w:t>
+            </w:r>
+            <w:r w:rsidR="00026C53">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t>literature review document</w:t>
+            </w:r>
+            <w:r w:rsidR="00026C53" w:rsidRPr="008772B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="008772B4">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">is attached to the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t>request</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t>?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="1864235887"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="939259713"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="007E5265">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="-713345676"/>
+                <w:placeholder>
+                  <w:docPart w:val="BB7074C17D56414FA9F497CBC5951990"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="004F7EF6">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E5265" w:rsidRPr="00E434A5" w14:paraId="2CD89476" w14:textId="77777777" w:rsidTr="007E5265">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="406"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7567DEBB" w14:textId="26A5B61D" w:rsidR="007E5265" w:rsidRPr="008772B4" w:rsidRDefault="007E5265" w:rsidP="007E5265">
+            <w:pPr>
+              <w:spacing w:before="80" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007E5265">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Is this request a follow-up to a previous request? If yes, please provide the request number or a copy of the report from the previous request.</w:t>
+            </w:r>
+            <w:r w:rsidR="006E14DF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006E14DF" w:rsidRPr="006E14DF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Note </w:t>
+            </w:r>
+            <w:r w:rsidR="006E14DF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">that </w:t>
+            </w:r>
+            <w:r w:rsidR="006E14DF" w:rsidRPr="006E14DF">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">all the previous sections still need to be completed </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E5265" w:rsidRPr="00E434A5" w14:paraId="1340714B" w14:textId="77777777" w:rsidTr="007E5265">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="406"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3BA0649B" w14:textId="799BE552" w:rsidR="007E5265" w:rsidRPr="007E5265" w:rsidRDefault="007E5265" w:rsidP="007E5265">
+            <w:pPr>
+              <w:spacing w:before="80" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="671375242"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Yes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="-996421492"/>
+                <w:placeholder>
+                  <w:docPart w:val="2BF5CF126A9C4462BDE747509E994675"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidRPr="004F7EF6">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-692833291"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="37E97C2A" w14:textId="77777777" w:rsidR="00E0491F" w:rsidRDefault="00E0491F"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9923" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="113" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9923"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="0329B7DC" w14:textId="77777777" w:rsidTr="00716742">
+        <w:trPr>
+          <w:trHeight w:val="530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6E65F7" w14:textId="77777777" w:rsidR="00AC1110" w:rsidRDefault="00C1213C" w:rsidP="0035329A">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+              </w:rPr>
+              <w:t>Project Summary</w:t>
+            </w:r>
+            <w:r w:rsidR="00C30B0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="285FED92" w14:textId="5B0FDBC1" w:rsidR="0035329A" w:rsidRPr="006931AE" w:rsidRDefault="00C30B0B" w:rsidP="0035329A">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Note: Requests submitted without responses to the questions below will not be processed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="1219526E" w14:textId="77777777" w:rsidTr="008772B4">
+        <w:trPr>
+          <w:trHeight w:val="183"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="727F20C6" w14:textId="519D8FD8" w:rsidR="0035329A" w:rsidRDefault="0035329A" w:rsidP="0035329A">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E5113">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Hypothesis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="5B8B154C" w14:textId="77777777" w:rsidTr="008772B4">
+        <w:trPr>
+          <w:trHeight w:val="261"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FCD8C46" w14:textId="6BA9D7F8" w:rsidR="0035329A" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="-1576356051"/>
+                <w:placeholder>
+                  <w:docPart w:val="6847658A234349DCBD3D177C07D91164"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0035329A" w:rsidRPr="004F7EF6">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="466F4AC9" w14:textId="77777777" w:rsidTr="002145C1">
+        <w:trPr>
+          <w:trHeight w:val="530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="01BCE379" w14:textId="19A8CD81" w:rsidR="0035329A" w:rsidRDefault="0035329A" w:rsidP="0035329A">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000E5113">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Aim(s)</w:t>
+            </w:r>
+            <w:r w:rsidR="00D23555">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="621B645B" w14:textId="77777777" w:rsidTr="7DDEB7BB">
+        <w:trPr>
+          <w:trHeight w:val="530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77C88175" w14:textId="40F2CFF0" w:rsidR="0035329A" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="-941693443"/>
+                <w:placeholder>
+                  <w:docPart w:val="50C6A45997FB4F789BCD078F6DFCF224"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0035329A" w:rsidRPr="004F7EF6">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="7D1F4C8B" w14:textId="77777777" w:rsidTr="002145C1">
+        <w:trPr>
+          <w:trHeight w:val="530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5113BBFA" w14:textId="41A43D60" w:rsidR="0035329A" w:rsidRDefault="0035329A" w:rsidP="0035329A">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="2" w:name="_Hlk194566930"/>
+            <w:r w:rsidRPr="000E5113">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Background</w:t>
+            </w:r>
+            <w:r w:rsidR="00E0491F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">/Rationale </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:bookmarkEnd w:id="2"/>
+      <w:tr w:rsidR="0035329A" w:rsidRPr="00E434A5" w14:paraId="1C92B8DD" w14:textId="77777777" w:rsidTr="7DDEB7BB">
+        <w:trPr>
+          <w:trHeight w:val="530"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14F881A8" w14:textId="5A6936FF" w:rsidR="0035329A" w:rsidRDefault="00E504DB" w:rsidP="0035329A">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="-293835923"/>
+                <w:placeholder>
+                  <w:docPart w:val="2490D8CBDF154565BE96650DC95210F7"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="0035329A" w:rsidRPr="004F7EF6">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="303CE209" w14:textId="77777777" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106">
+    <w:p w14:paraId="5F8AE50D" w14:textId="77777777" w:rsidR="004F7EF6" w:rsidRDefault="004F7EF6">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk57713820"/>
+    </w:p>
+    <w:p w14:paraId="112AACBF" w14:textId="77777777" w:rsidR="00247F1A" w:rsidRDefault="00247F1A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="1276"/>
         <w:gridCol w:w="1635"/>
         <w:gridCol w:w="631"/>
         <w:gridCol w:w="1133"/>
         <w:gridCol w:w="2413"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="267D815A" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="267D815A" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="138"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="1"/>
-          <w:p w14:paraId="2A44A513" w14:textId="2E880B8D" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w14:paraId="7426CAC6" w14:textId="77777777" w:rsidR="00AC1110" w:rsidRDefault="67E0A4ED" w:rsidP="7DDEB7BB">
             <w:pPr>
               <w:spacing w:before="80" w:after="80"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="7DDEB7BB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Proposed Methodology</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC1110">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A44A513" w14:textId="0F3E109C" w:rsidR="00716106" w:rsidRPr="006931AE" w:rsidRDefault="00AC1110" w:rsidP="7DDEB7BB">
+            <w:pPr>
+              <w:spacing w:before="80" w:after="80"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Proposed Methodology</w:t>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Note: Requests submitted without responses to the questions below will not be processed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="3254113E" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="3254113E" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="523"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34EFC1EF" w14:textId="394391B0" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="34EFC1EF" w14:textId="394391B0" w:rsidR="00716106" w:rsidRPr="0062598F" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
-              <w:rPr>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0062598F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data Period  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0062598F">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="1757B061" w14:textId="77777777" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
@@ -4813,1328 +10178,1595 @@
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-172891473"/>
                 <w:placeholder>
                   <w:docPart w:val="BD47878735224F09922AE2A7B6B2B7AF"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="5B590D70" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="5B590D70" w14:textId="77777777" w:rsidTr="00C30B0B">
         <w:trPr>
           <w:trHeight w:val="357"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35500EEB" w14:textId="69CF7991" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Study Population</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="0554F6BF" w14:textId="2E39A780" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="0554F6BF" w14:textId="2E39A780" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="47"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="661FD9D1" w14:textId="01A81651" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="661FD9D1" w14:textId="01A81651" w:rsidR="00716106" w:rsidRPr="005E6F93" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="005E6F93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
               <w:t>Joint Type</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6EF41F09" w14:textId="3B9B8562" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="6EF41F09" w14:textId="2B7EC97D" w:rsidR="00716106" w:rsidRPr="005E6F93" w:rsidRDefault="007E049B" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E049B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Only </w:t>
+            </w:r>
+            <w:r w:rsidR="00152DDD" w:rsidRPr="00C30B0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>ONE</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C30B0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> joint</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E049B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> may be selected per project; if data for an additional joint is required, a separate request must be submitted.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3615D2EF" w14:textId="71304F4A" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="3615D2EF" w14:textId="31EBEF42" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:after="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="927311967"/>
+                <w:id w:val="-100808408"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0005576A">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Hip</w:t>
+              <w:t>Hip</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="22C5E96C" w14:textId="68E1C1FF" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="22C5E96C" w14:textId="579E822A" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-1078360310"/>
+                <w:id w:val="580567152"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0005576A">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Knee</w:t>
+              <w:t>Knee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78CC167C" w14:textId="4C8F22D9" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="78CC167C" w14:textId="2AB1AF58" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="14665612"/>
+                <w:id w:val="-375087996"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0068791D">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Shoulder</w:t>
+              <w:t>Shoulder</w:t>
+            </w:r>
+            <w:r w:rsidR="00C30B0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                  </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-917711079"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00C30B0B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="00C30B0B" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C30B0B" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Other </w:t>
+            </w:r>
+            <w:r w:rsidR="00C30B0B" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(please specify</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="26577CA1" w14:textId="16A4830A" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="26577CA1" w14:textId="40AF4948" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="870804390"/>
+                <w:id w:val="-187836679"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0068791D">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
-[...25 lines deleted...]
-              <w:t>)</w:t>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C30B0B">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ankle                      </w:t>
             </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1043596229"/>
                 <w:placeholder>
                   <w:docPart w:val="50F82C8519794CB2996EF43702A1BD1A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="0FA48C8B" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="0FA48C8B" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="47"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="78CA9821" w14:textId="6EE3C159" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="78CA9821" w14:textId="51725CEB" w:rsidR="00716106" w:rsidRPr="005E6F93" w:rsidRDefault="007940BB" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">Prostheses of Interest </w:t>
+            <w:r w:rsidRPr="005E6F93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Prostheses</w:t>
+            </w:r>
+            <w:r w:rsidR="00716106" w:rsidRPr="005E6F93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of Interest </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7AB5664C" w14:textId="77777777" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="7AB5664C" w14:textId="4425270F" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="0093793B" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>Detail prosthesis manufacturer, size, fixation, etc</w:t>
+              <w:t>Detai</w:t>
+            </w:r>
+            <w:r w:rsidR="00365C1A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>l:</w:t>
+            </w:r>
+            <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> manufacturer, size, fixation, etc</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68EE8CA7" w14:textId="3886AF59" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="68EE8CA7" w14:textId="3886AF59" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:after="80"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="256720428"/>
                 <w:placeholder>
                   <w:docPart w:val="84E466A8B48F43EDA542ECD4D5D1CD4A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="3B4C6EF3" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="3B4C6EF3" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="47"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="647A6DE3" w14:textId="284FEDDF" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="647A6DE3" w14:textId="44E708FF" w:rsidR="00716106" w:rsidRPr="005E6F93" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="005E6F93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">Procedures to be Assessed </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47D67FD9" w14:textId="2607044F" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="47D67FD9" w14:textId="0ACF11B5" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t xml:space="preserve">      Please choose one only</w:t>
+              <w:t xml:space="preserve"> Please choose one only</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="1E2D722D" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="1E2D722D" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="273"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21ADC4D7" w14:textId="1D5C5BAD" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="21ADC4D7" w14:textId="1D5C5BAD" w:rsidR="00716106" w:rsidRPr="005E6F93" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="22653191" w14:textId="585263EF" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="22653191" w14:textId="2A09BB9B" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="232984678"/>
+                <w:id w:val="-1646426301"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0068791D">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Primary</w:t>
+              <w:t>Primary</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5812" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F2B49C4" w14:textId="2547F11C" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="1F2B49C4" w14:textId="45AEE17F" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-815806190"/>
+                <w:id w:val="753856273"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0068791D">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00152DDD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00152DDD" w:rsidRPr="00152DDD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>st</w:t>
+            </w:r>
+            <w:r w:rsidR="00152DDD">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Revision</w:t>
+              <w:t>Revision</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="7DB8FDB7" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="7DB8FDB7" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="568"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6776EA8F" w14:textId="1886CECC" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="6776EA8F" w14:textId="1886CECC" w:rsidR="00716106" w:rsidRPr="005E6F93" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="005E6F93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
               <w:t>Patient Characteristics</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1EA5C660" w14:textId="3AF8907D" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="1EA5C660" w14:textId="3AF8907D" w:rsidR="00716106" w:rsidRPr="005306B9" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120" w:after="40"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">Age </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2266" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A7F2BB2" w14:textId="468076A2" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="5A7F2BB2" w14:textId="7329AD77" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:contextualSpacing/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="1328561099"/>
+                <w:id w:val="-578980302"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0068791D">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> All ages / usual AOANJRR       </w:t>
+              <w:t xml:space="preserve">All ages / usual AOANJRR       </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6B25F0F1" w14:textId="20FB9B54" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">     groups </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3546" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E264885" w14:textId="34EA7A28" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="5E264885" w14:textId="0A4AC1B3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="70BAAEE8">
             <w:pPr>
               <w:spacing w:before="240"/>
               <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="1771197485"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="26372F95" w:rsidRPr="70BAAEE8">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorBidi"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
-[...5 lines deleted...]
-            <w:bookmarkStart w:id="2" w:name="_Int_sDqP3jQZ"/>
+            <w:r w:rsidR="6A074697" w:rsidRPr="70BAAEE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
-[...13 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="6A074697" w:rsidRPr="70BAAEE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t>Particular age</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="6A074697" w:rsidRPr="70BAAEE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> groups only </w:t>
+            </w:r>
+            <w:r w:rsidR="007940BB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="6A074697" w:rsidRPr="70BAAEE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(</w:t>
-[...10 lines deleted...]
-              </w:rPr>
               <w:t>please specify)</w:t>
             </w:r>
-            <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="6A074697" w:rsidRPr="70BAAEE8">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
-                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-958727437"/>
                 <w:placeholder>
                   <w:docPart w:val="9537413797A14F199050B295356AD71D"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="6A074697" w:rsidRPr="70BAAEE8">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
-                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="139C3429" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="139C3429" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="61C7E9F6" w14:textId="77777777" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D987E58" w14:textId="77777777" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="4D987E58" w14:textId="462BEB19" w:rsidR="00716106" w:rsidRPr="005306B9" w:rsidRDefault="009F6075" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...3 lines deleted...]
-              <w:t>Gender</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Sex</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1933E237" w14:textId="238683E3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="1933E237" w14:textId="548DB407" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-46455197"/>
+                <w:id w:val="236296002"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0068791D">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> All  </w:t>
+              <w:t xml:space="preserve">All  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="767A1EA3" w14:textId="64DE4728" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="767A1EA3" w14:textId="36C4131C" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-1450778525"/>
+                <w:id w:val="771745696"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0068791D">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Male</w:t>
+              <w:t>Male</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4D676BB7" w14:textId="7AA62A11" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="4D676BB7" w14:textId="7A3ED7C3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="1325090452"/>
+                <w:id w:val="-49998041"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0068791D">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Female</w:t>
+              <w:t>Female</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="4099D03F" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="4099D03F" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="891"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="142921FA" w14:textId="77777777" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1276" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="272648AF" w14:textId="24FB2301" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="272648AF" w14:textId="24FB2301" w:rsidR="00716106" w:rsidRPr="005306B9" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="005306B9">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>Diagnosis</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1635" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="36807576" w14:textId="7C8AEDF1" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="36807576" w14:textId="2BFD4834" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-1235151210"/>
+                <w:id w:val="-1995178875"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0068791D">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> OA only</w:t>
+              <w:t>OA only</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1764" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B3201A1" w14:textId="188D28D7" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="4B3201A1" w14:textId="12A53077" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="442735621"/>
+                <w:id w:val="1090426687"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0068791D">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> All diagnoses</w:t>
+              <w:t>All diagnoses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2413" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F674719" w14:textId="0029779B" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="5F674719" w14:textId="6FBEBAC0" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="390930102"/>
+                <w:id w:val="-1860652515"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0068791D">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Other diagnoses </w:t>
+              <w:t xml:space="preserve">Other diagnoses </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="09093097" w14:textId="7C422C3E" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">      (please specify)</w:t>
             </w:r>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -6144,912 +11776,1179 @@
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-1204563267"/>
                 <w:placeholder>
                   <w:docPart w:val="91B2CFD8B91E4D58B574E0BA5A848E1A"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="5CFE0E59" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="5CFE0E59" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6A89B2DA" w14:textId="77777777" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3F9F4A9C" w14:textId="7C63F2C7" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="56AB8D65">
+          <w:p w14:paraId="3F9F4A9C" w14:textId="027E75A3" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="56AB8D65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-447927349"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0068791D">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> score </w:t>
+              <w:t xml:space="preserve"> ASA score </w:t>
             </w:r>
             <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(data</w:t>
             </w:r>
             <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
+            <w:r w:rsidR="007B67B3">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>only since 2012)</w:t>
+              <w:t>available</w:t>
+            </w:r>
+            <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007B67B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:r w:rsidR="007B67B3" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2012)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="620BEBD6" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="620BEBD6" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="197957B5" w14:textId="77777777" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F267964" w14:textId="73E475B2" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="56AB8D65">
+          <w:p w14:paraId="5F267964" w14:textId="3E55D9CF" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="56AB8D65">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:bdr w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-1705624279"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0005576A">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> BMI </w:t>
             </w:r>
             <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(data only since 2015)</w:t>
+              <w:t xml:space="preserve">(data </w:t>
+            </w:r>
+            <w:r w:rsidR="007B67B3">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>available from</w:t>
+            </w:r>
+            <w:r w:rsidR="6825C662" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2015)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="52BF0704" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00716106" w:rsidRPr="00E434A5" w14:paraId="52BF0704" w14:textId="77777777" w:rsidTr="70BAAEE8">
         <w:trPr>
           <w:trHeight w:val="517"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1A47CE47" w14:textId="1CAFD71A" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="1A47CE47" w14:textId="1CAFD71A" w:rsidR="00716106" w:rsidRPr="005E6F93" w:rsidRDefault="00716106" w:rsidP="00716106">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="005E6F93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
               </w:rPr>
               <w:t>Operative Approach</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7088" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="786E2F93" w14:textId="77777777" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00716106" w:rsidP="00716106">
+          <w:p w14:paraId="786E2F93" w14:textId="6C68EF0D" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00365C1A" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>For hip replacement only, data available since 2015</w:t>
+              <w:t>Hip</w:t>
+            </w:r>
+            <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> replacement</w:t>
+            </w:r>
+            <w:r w:rsidR="007940BB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> data</w:t>
+            </w:r>
+            <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">is </w:t>
+            </w:r>
+            <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">available </w:t>
+            </w:r>
+            <w:r w:rsidR="00115F75">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>from</w:t>
+            </w:r>
+            <w:r w:rsidR="00115F75" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2015</w:t>
+            </w:r>
+            <w:r w:rsidR="009F6075">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="007940BB">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="009F6075">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> If a specific approach is required, please specify </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E969AD7" w14:textId="7AAB64D1" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00716106">
+          <w:p w14:paraId="5E969AD7" w14:textId="020AAD95" w:rsidR="00716106" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00716106">
             <w:pPr>
               <w:spacing w:before="40" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="1841587072"/>
+                <w:id w:val="-1382785153"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0005576A">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
+            <w:r w:rsidR="0005576A" w:rsidRPr="0068791D" w:rsidDel="0068791D">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r w:rsidR="00716106" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Yes</w:t>
-            </w:r>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="009F6075">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                  <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                </w:rPr>
+                <w:id w:val="-1217037535"/>
+                <w:placeholder>
+                  <w:docPart w:val="17B3062BF6E748D697F67F658FDE4B5D"/>
+                </w:placeholder>
+                <w:showingPlcHdr/>
+                <w:text w:multiLine="1"/>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="009F6075" w:rsidRPr="70BAAEE8">
+                  <w:rPr>
+                    <w:rStyle w:val="PlaceholderText"/>
+                    <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                    <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+                  </w:rPr>
+                  <w:t>Click or tap here to enter text.</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6268E72A" w14:textId="5FC2E78B" w:rsidR="00EB3E4D" w:rsidRPr="00E434A5" w:rsidRDefault="00EB3E4D">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="9631" w:type="dxa"/>
+        <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:left w:w="85" w:type="dxa"/>
           <w:right w:w="85" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0600" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="1" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2060"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="4930"/>
+        <w:gridCol w:w="1170"/>
+        <w:gridCol w:w="929"/>
+        <w:gridCol w:w="2002"/>
+        <w:gridCol w:w="5822"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00645CAA" w:rsidRPr="00E434A5" w14:paraId="473BABCE" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00645CAA" w:rsidRPr="00E434A5" w14:paraId="473BABCE" w14:textId="77777777" w:rsidTr="00D836C4">
         <w:trPr>
           <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62F2E655" w14:textId="00C1CFFE" w:rsidR="00645CAA" w:rsidRPr="00E434A5" w:rsidRDefault="00645CAA" w:rsidP="00273C1A">
+          <w:p w14:paraId="69821903" w14:textId="77777777" w:rsidR="00AC1110" w:rsidRDefault="00645CAA" w:rsidP="00273C1A">
             <w:pPr>
-              <w:rPr>
-[...4 lines deleted...]
-            <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
               <w:t xml:space="preserve">Proposed Analysis </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62F2E655" w14:textId="4F757E7B" w:rsidR="00645CAA" w:rsidRPr="006931AE" w:rsidRDefault="00AC1110" w:rsidP="00273C1A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="006931AE">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Note: Requests submitted without responses to the questions below will not be processed.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675A5D" w:rsidRPr="00E434A5" w14:paraId="2646B1A5" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00675A5D" w:rsidRPr="00E434A5" w14:paraId="2646B1A5" w14:textId="77777777" w:rsidTr="00D836C4">
         <w:trPr>
           <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B44E21F" w14:textId="77777777" w:rsidR="00675A5D" w:rsidRPr="00E434A5" w:rsidRDefault="00675A5D" w:rsidP="00273C1A">
+          <w:p w14:paraId="63098441" w14:textId="77777777" w:rsidR="00AC1110" w:rsidRDefault="00675A5D" w:rsidP="00273C1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="005E6F93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Comparator</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6B44E21F" w14:textId="7F239ABC" w:rsidR="00675A5D" w:rsidRPr="005E6F93" w:rsidRDefault="00AC1110" w:rsidP="00273C1A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC1110">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Please define all groups to be compared </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="8753" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D79D755" w14:textId="7758066E" w:rsidR="00675A5D" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00273C1A">
+          <w:p w14:paraId="5D79D755" w14:textId="7758066E" w:rsidR="00675A5D" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00273C1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-820107157"/>
                 <w:placeholder>
                   <w:docPart w:val="5454FB7FDEEF4DF6ADA16CB9DEBEF2C9"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009711BB" w:rsidRPr="00E434A5" w14:paraId="70FFA33C" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="009711BB" w:rsidRPr="00E434A5" w14:paraId="70FFA33C" w14:textId="77777777" w:rsidTr="00D836C4">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="01511903" w14:textId="4628A268" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="009711BB" w:rsidP="00273C1A">
+          <w:p w14:paraId="01511903" w14:textId="4628A268" w:rsidR="009711BB" w:rsidRPr="005E6F93" w:rsidRDefault="009711BB" w:rsidP="00273C1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="005E6F93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Outcome</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73836388" w14:textId="240752C1" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="009711BB" w:rsidP="00375082">
+          <w:p w14:paraId="73836388" w14:textId="134FECB5" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00E72914" w:rsidP="00375082">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009711BB" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Revision</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="7824" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F3936FF" w14:textId="2408AAAC" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00D05A6E">
+          <w:p w14:paraId="1F3936FF" w14:textId="19EB8898" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00D05A6E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="156733546"/>
+                <w:id w:val="1658878738"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0005576A">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009711BB" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>All</w:t>
             </w:r>
             <w:r w:rsidR="00CA3AD2" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>-</w:t>
             </w:r>
             <w:r w:rsidR="009711BB" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>cause</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009711BB" w:rsidRPr="00E434A5" w14:paraId="4269A951" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="009711BB" w:rsidRPr="00E434A5" w14:paraId="4269A951" w14:textId="77777777" w:rsidTr="00D836C4">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="51361E23" w14:textId="77777777" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="009711BB" w:rsidP="00273C1A">
+          <w:p w14:paraId="51361E23" w14:textId="77777777" w:rsidR="009711BB" w:rsidRPr="005E6F93" w:rsidRDefault="009711BB" w:rsidP="00273C1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="242F139C" w14:textId="77777777" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="009711BB" w:rsidP="00375082">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="7824" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6953C52B" w14:textId="4A72F5C6" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00D05A6E">
+          <w:p w14:paraId="6953C52B" w14:textId="562A1372" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00D05A6E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="1928453030"/>
+                <w:id w:val="1665287640"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0005576A">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00716742">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="009711BB" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Revision for specific causes</w:t>
             </w:r>
             <w:r w:rsidR="009711BB" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="57C52D5A" w14:textId="0C7F0980" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="009711BB" w:rsidP="00D05A6E">
+          <w:p w14:paraId="57C52D5A" w14:textId="2629A3BA" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="009711BB" w:rsidP="00D05A6E">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">     </w:t>
             </w:r>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
-              <w:t>(please detail)</w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC1110">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Please</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> detail)</w:t>
             </w:r>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="402420954"/>
                 <w:placeholder>
                   <w:docPart w:val="C707B6CA9D0A43BE9BA7794F70682856"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009711BB" w:rsidRPr="00E434A5" w14:paraId="60880018" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="009711BB" w:rsidRPr="00E434A5" w14:paraId="60880018" w14:textId="77777777" w:rsidTr="00D836C4">
         <w:trPr>
           <w:trHeight w:val="413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7D372FCD" w14:textId="77777777" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="009711BB" w:rsidP="00273C1A">
+          <w:p w14:paraId="7D372FCD" w14:textId="77777777" w:rsidR="009711BB" w:rsidRPr="005E6F93" w:rsidRDefault="009711BB" w:rsidP="00273C1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="4931CA07" w14:textId="77777777" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="009711BB" w:rsidP="00375082">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="7824" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4298BF18" w14:textId="1CE16070" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00D05A6E">
+          <w:p w14:paraId="4298BF18" w14:textId="6CADF892" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00D05A6E">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
                 <w:id w:val="-745884446"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0005576A">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:bookmarkStart w:id="5" w:name="_Int_1Flhos3O"/>
-[...8 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00027679" w:rsidRPr="00E434A5">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Another</w:t>
+            </w:r>
             <w:r w:rsidR="0FEE0017" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00CA3AD2" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
             <w:r w:rsidR="0FEE0017" w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">utcome </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C93E369" w14:textId="7FAA6310" w:rsidR="009711BB" w:rsidRPr="00E434A5" w:rsidRDefault="009711BB" w:rsidP="00D05A6E">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:left="51"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
@@ -7077,714 +12976,898 @@
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-719439002"/>
                 <w:placeholder>
                   <w:docPart w:val="970DE83EE94A469BA2DE3E3F52E40401"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00CD08EF" w:rsidRPr="00E434A5" w14:paraId="410EE982" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="006E008D" w:rsidRPr="00E434A5" w14:paraId="410EE982" w14:textId="77777777" w:rsidTr="00D836C4">
         <w:trPr>
           <w:trHeight w:val="423"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:vMerge/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F0B6A0C" w14:textId="77777777" w:rsidR="00CD08EF" w:rsidRPr="00E434A5" w:rsidRDefault="00CD08EF" w:rsidP="00273C1A">
+          <w:p w14:paraId="5F0B6A0C" w14:textId="77777777" w:rsidR="00CD08EF" w:rsidRPr="005E6F93" w:rsidRDefault="00CD08EF" w:rsidP="00273C1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4B87360E" w14:textId="47FE6DC9" w:rsidR="00CD08EF" w:rsidRPr="00E434A5" w:rsidRDefault="00CD08EF" w:rsidP="00622CB7">
+          <w:p w14:paraId="4B87360E" w14:textId="47FE6DC9" w:rsidR="00CD08EF" w:rsidRPr="00737346" w:rsidRDefault="00CD08EF" w:rsidP="00622CB7">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve">Mortality </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1541" w:type="dxa"/>
+            <w:tcW w:w="2002" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1D31A276" w14:textId="30863F60" w:rsidR="00CD08EF" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00622CB7">
+          <w:p w14:paraId="1C4467FA" w14:textId="67B29D26" w:rsidR="00F8596B" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00622CB7">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="318852429"/>
+                <w:id w:val="-81536232"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="001728DA" w:rsidRPr="00737346">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CD08EF" w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00CD08EF" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Early</w:t>
             </w:r>
+            <w:r w:rsidR="006E008D" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F8596B" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(30 days) </w:t>
+            </w:r>
           </w:p>
-        </w:tc>
-[...12 lines deleted...]
-          <w:p w14:paraId="53F03430" w14:textId="75E5B7EE" w:rsidR="00CD08EF" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00675A5D">
+          <w:p w14:paraId="476D7912" w14:textId="77777777" w:rsidR="00CD08EF" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00622CB7">
             <w:pPr>
-              <w:rPr>
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="1834025815"/>
+                <w:id w:val="1524135469"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="00F8596B" w:rsidRPr="00737346">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00F8596B" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00CD08EF" w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00F8596B" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Early (90 days)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D31A276" w14:textId="3936919B" w:rsidR="000A6F62" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00622CB7">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="334965524"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="000A6F62" w:rsidRPr="00737346">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="000A6F62" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000A6F62" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>Early (1 year)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5822" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="023F1CD7" w14:textId="77777777" w:rsidR="00CD08EF" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00675A5D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="2030376752"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="006E008D" w:rsidRPr="00737346">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD08EF" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Late</w:t>
+            </w:r>
+            <w:r w:rsidR="006E008D" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (&gt;1 year)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53F03430" w14:textId="250675DB" w:rsidR="006E008D" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00675A5D">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
+                  <w:sz w:val="28"/>
+                  <w:szCs w:val="28"/>
+                </w:rPr>
+                <w:id w:val="-1803303563"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="006E008D" w:rsidRPr="00737346">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
+                    <w:sz w:val="28"/>
+                    <w:szCs w:val="28"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidR="006E008D" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Other </w:t>
+            </w:r>
+            <w:r w:rsidR="006E008D" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="auto"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>(please specify)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00675A5D" w:rsidRPr="00E434A5" w14:paraId="7091D4FD" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="00675A5D" w:rsidRPr="00E434A5" w14:paraId="7091D4FD" w14:textId="77777777" w:rsidTr="00D836C4">
         <w:trPr>
           <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7DD5561B" w14:textId="2C26DE7E" w:rsidR="00675A5D" w:rsidRPr="00E434A5" w:rsidRDefault="00675A5D" w:rsidP="00273C1A">
+          <w:p w14:paraId="7DD5561B" w14:textId="2C26DE7E" w:rsidR="00675A5D" w:rsidRPr="005E6F93" w:rsidRDefault="00675A5D" w:rsidP="00273C1A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="005E6F93">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Analytical Methods</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="8753" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="322EA204" w14:textId="7BB9F8CB" w:rsidR="00AF7515" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00375082">
+          <w:p w14:paraId="1A6ABE16" w14:textId="77777777" w:rsidR="00027679" w:rsidRDefault="00027679" w:rsidP="00215C2F">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00027679">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>The standard approach for all research requests is survival analysis, which includes Kaplan-Meier estimates of survivorship and Cox proportional hazard ratios. Please indicate if an alternative analysis approach is required. Note that any different approach will need to be approved by the Clinical Directors.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C816EAC" w14:textId="120D11A6" w:rsidR="00066B2C" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00215C2F">
+            <w:pPr>
+              <w:spacing w:before="120"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-890489482"/>
+                <w:id w:val="-382946638"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0047211F" w:rsidRPr="00737346">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
-[...27 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidR="0047211F" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N</w:t>
+            </w:r>
+            <w:r w:rsidR="007229CA" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+              </w:rPr>
+              <w:t>o</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7810F0A6" w14:textId="77777777" w:rsidR="00BC38F4" w:rsidRPr="00E434A5" w:rsidRDefault="00F81839" w:rsidP="00BC38F4">
+          <w:p w14:paraId="7C555459" w14:textId="550F9D52" w:rsidR="00675A5D" w:rsidRPr="00737346" w:rsidRDefault="00E504DB" w:rsidP="00BC38F4">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-              </w:rPr>
-[...17 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
                   <w:sz w:val="28"/>
                   <w:szCs w:val="28"/>
                 </w:rPr>
-                <w:id w:val="-1735856121"/>
+                <w:id w:val="2118100501"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
-                  <w14:checkedState w14:val="0052" w14:font="Wingdings 2"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="0005576A" w:rsidRPr="00737346">
                   <w:rPr>
-                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
                     <w:sz w:val="28"/>
                     <w:szCs w:val="28"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="0068791D" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DA32D5" w:rsidRPr="00E434A5">
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="007229CA" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
+                <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="00D31A09" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00D31A09" w:rsidRPr="00E434A5">
+            <w:r w:rsidR="00D31A09" w:rsidRPr="00737346">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:i/>
                 <w:iCs/>
+                <w:color w:val="auto"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>(please specify)</w:t>
             </w:r>
-            <w:r w:rsidR="00D31A09" w:rsidRPr="00E434A5">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="00D31A09" w:rsidRPr="00737346">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="auto"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                  <w:color w:val="auto"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="1358160137"/>
                 <w:placeholder>
                   <w:docPart w:val="31A5D92C90214CE197A85424D2C6F7CB"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BC38F4" w:rsidRPr="00E434A5">
+                <w:r w:rsidR="00BC38F4" w:rsidRPr="00737346">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                    <w:color w:val="auto"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F4CAC" w:rsidRPr="00E434A5" w14:paraId="21146285" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="007F4CAC" w:rsidRPr="00E434A5" w14:paraId="21146285" w14:textId="77777777" w:rsidTr="00D836C4">
         <w:trPr>
           <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="C6D9F1" w:themeFill="text2" w:themeFillTint="33"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2FB07F67" w14:textId="53D7363F" w:rsidR="007F4CAC" w:rsidRPr="00E434A5" w:rsidRDefault="007F4CAC" w:rsidP="007F4CAC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E434A5">
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="auto"/>
               </w:rPr>
               <w:t>Additional Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007F4CAC" w:rsidRPr="00E434A5" w14:paraId="3B39574B" w14:textId="77777777" w:rsidTr="56AB8D65">
+      <w:tr w:rsidR="007F4CAC" w:rsidRPr="00E434A5" w14:paraId="3B39574B" w14:textId="77777777" w:rsidTr="00D836C4">
         <w:trPr>
           <w:trHeight w:val="514"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcW w:w="9923" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="C0C0C0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="45E69D9D" w14:textId="3CE7DDBE" w:rsidR="007F4CAC" w:rsidRPr="00E434A5" w:rsidRDefault="00E434A5" w:rsidP="00375082">
+          <w:p w14:paraId="45E69D9D" w14:textId="3CE7DDBE" w:rsidR="007F4CAC" w:rsidRPr="00E434A5" w:rsidRDefault="00E504DB" w:rsidP="00375082">
             <w:pPr>
               <w:spacing w:before="120"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                 </w:rPr>
                 <w:id w:val="-960098155"/>
                 <w:placeholder>
                   <w:docPart w:val="97B73F8984CF408694BFDAC196AAE79F"/>
                 </w:placeholder>
                 <w:showingPlcHdr/>
                 <w:text w:multiLine="1"/>
               </w:sdtPr>
               <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="007F4CAC" w:rsidRPr="00E434A5">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                     <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
                     <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
                   </w:rPr>
                   <w:t>Click or tap here to enter text.</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1763F05B" w14:textId="77777777" w:rsidR="005E1DC0" w:rsidRPr="00E434A5" w:rsidRDefault="005E1DC0" w:rsidP="005E1DC0">
       <w:pPr>
         <w:ind w:left="520" w:hanging="500"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0B11207B" w14:textId="7B8D996C" w:rsidR="00AE2CC0" w:rsidRPr="00E434A5" w:rsidRDefault="00AE2CC0" w:rsidP="00AE2CC0">
+    <w:p w14:paraId="0DA227AF" w14:textId="3C08EA7E" w:rsidR="008501CE" w:rsidRPr="00AC1110" w:rsidRDefault="0EB0795A" w:rsidP="005F2336">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidRPr="3BB55661">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">To facilitate a timely turnaround of requests please ensure that all relevant sections of </w:t>
+        <w:t>To facilitate a timely turnaround of requests</w:t>
       </w:r>
-      <w:r w:rsidR="00CA3AD2" w:rsidRPr="00E434A5">
+      <w:r w:rsidR="007D2F1C">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="3BB55661">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> please ensure that all relevant sections of </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA3AD2" w:rsidRPr="3BB55661">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidRPr="3BB55661">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CA3AD2" w:rsidRPr="00E434A5">
+      <w:r w:rsidR="00CA3AD2" w:rsidRPr="3BB55661">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidRPr="3BB55661">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>orm are completed in full. Incomplete requests will be returned to the request</w:t>
+        <w:t xml:space="preserve">orm are completed in full. Incomplete requests will be returned to the </w:t>
       </w:r>
-      <w:r w:rsidR="00442771" w:rsidRPr="00E434A5">
+      <w:r w:rsidR="00AC1110">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t>o</w:t>
+        <w:t>requester</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E434A5">
+      <w:r w:rsidRPr="3BB55661">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">r for completion and resubmission prior to review by the </w:t>
+        <w:t xml:space="preserve"> for completion and resubmission prior to review by the </w:t>
       </w:r>
-      <w:r w:rsidR="00C62367" w:rsidRPr="00E434A5">
+      <w:r w:rsidR="6B6B8EBC" w:rsidRPr="3BB55661">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>Registry Working Group</w:t>
       </w:r>
-      <w:r w:rsidR="00404B8D" w:rsidRPr="00E434A5">
+      <w:r w:rsidR="4CC12DF7" w:rsidRPr="3BB55661">
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:bookmarkStart w:id="4" w:name="_Hlk119659622"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk119660377"/>
     </w:p>
-    <w:p w14:paraId="2CFCD9A4" w14:textId="377138F0" w:rsidR="00E562F8" w:rsidRPr="00E434A5" w:rsidRDefault="00E562F8" w:rsidP="00AE2CC0">
-[...23 lines deleted...]
-    <w:p w14:paraId="1763F0DC" w14:textId="6DB03D85" w:rsidR="005E1DC0" w:rsidRPr="00E434A5" w:rsidRDefault="00B778AC" w:rsidP="00B778AC">
+    <w:p w14:paraId="1763F0DC" w14:textId="36CB0B72" w:rsidR="005E1DC0" w:rsidRPr="00E434A5" w:rsidRDefault="00B778AC" w:rsidP="005F2336">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Please email this form to AOANJRR  </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="6"/>
-      <w:bookmarkEnd w:id="7"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="5"/>
       <w:r w:rsidR="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:instrText>HYPERLINK "mailto:</w:instrText>
       </w:r>
       <w:r w:rsidR="00E434A5" w:rsidRPr="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:instrText>datarequests@aoanjrr.org.au</w:instrText>
       </w:r>
       <w:r w:rsidR="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:instrText>"</w:instrText>
       </w:r>
       <w:r w:rsidR="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E434A5">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00E434A5" w:rsidRPr="00804D6E">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>datarequests@aoanjrr.org.au</w:t>
       </w:r>
       <w:r w:rsidR="00E434A5">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00FA031A" w:rsidRPr="00E434A5">
-[...4 lines deleted...]
-      </w:r>
     </w:p>
     <w:sectPr w:rsidR="005E1DC0" w:rsidRPr="00E434A5" w:rsidSect="00FA031A">
-      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="426" w:right="1275" w:bottom="851" w:left="993" w:header="749" w:footer="567" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C78803F" w14:textId="77777777" w:rsidR="00AE05E9" w:rsidRDefault="00AE05E9">
+    <w:p w14:paraId="17A932A2" w14:textId="77777777" w:rsidR="008C543E" w:rsidRDefault="008C543E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0D804B1D" w14:textId="77777777" w:rsidR="00AE05E9" w:rsidRDefault="00AE05E9">
+    <w:p w14:paraId="41BF6CAB" w14:textId="77777777" w:rsidR="008C543E" w:rsidRDefault="008C543E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
+  <w:endnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="34B92993" w14:textId="77777777" w:rsidR="008C543E" w:rsidRDefault="008C543E"/>
+  </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -7802,88 +13885,81 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="6213A1DE" w14:textId="71EA33BC" w:rsidR="00FA031A" w:rsidRDefault="00FA031A" w:rsidP="00FA031A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="105BF523" w14:textId="77777777" w:rsidR="00D836C4" w:rsidRDefault="00FA031A" w:rsidP="00D836C4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="5529"/>
       </w:tabs>
       <w:ind w:right="142"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -7973,87 +14049,114 @@
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:tab/>
-      <w:t>Version 2.3</w:t>
+    </w:r>
+    <w:r w:rsidR="00D836C4">
+      <w:rPr>
+        <w:color w:val="999999"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-AU"/>
+      </w:rPr>
+      <w:t>Version 2.4</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="62A8D2BA" w14:textId="74A0194A" w:rsidR="005960D9" w:rsidRPr="00FA031A" w:rsidRDefault="00FA031A" w:rsidP="00FA031A">
+  <w:p w14:paraId="32D7E9D3" w14:textId="77777777" w:rsidR="00D836C4" w:rsidRPr="00FA031A" w:rsidRDefault="00D836C4" w:rsidP="00D836C4">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="5529"/>
       </w:tabs>
       <w:ind w:right="142"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
-      <w:t>Approved November 2022</w:t>
+      <w:t>Approved December 2025</w:t>
     </w:r>
+  </w:p>
+  <w:p w14:paraId="62A8D2BA" w14:textId="203220A4" w:rsidR="005960D9" w:rsidRPr="00FA031A" w:rsidRDefault="005960D9" w:rsidP="00D836C4">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4153"/>
+        <w:tab w:val="clear" w:pos="8306"/>
+        <w:tab w:val="center" w:pos="4820"/>
+        <w:tab w:val="right" w:pos="5529"/>
+      </w:tabs>
+      <w:ind w:right="142"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:color w:val="999999"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-AU"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="199DD572" w14:textId="1418B8A6" w:rsidR="00FA031A" w:rsidRDefault="005960D9" w:rsidP="00FA031A">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="23117366" w14:textId="77777777" w:rsidR="00296F3B" w:rsidRDefault="005960D9" w:rsidP="00296F3B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="5529"/>
       </w:tabs>
       <w:ind w:right="142"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
@@ -8143,536 +14246,368 @@
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:tab/>
-      <w:t>Version 2</w:t>
-[...17 lines deleted...]
-      <w:t>3</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="384BF739" w14:textId="2A1F9B84" w:rsidR="005960D9" w:rsidRPr="005960D9" w:rsidRDefault="005960D9" w:rsidP="00FA031A">
+  <w:p w14:paraId="202F94B9" w14:textId="77777777" w:rsidR="00296F3B" w:rsidRDefault="00296F3B" w:rsidP="00296F3B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="center" w:pos="4820"/>
         <w:tab w:val="right" w:pos="5529"/>
       </w:tabs>
       <w:ind w:right="142"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
-      <w:t xml:space="preserve">Approved </w:t>
+      <w:t>Version 2.4</w:t>
     </w:r>
-    <w:r w:rsidR="00A24F08">
+  </w:p>
+  <w:p w14:paraId="5C6943CA" w14:textId="205717AF" w:rsidR="00296F3B" w:rsidRPr="00FA031A" w:rsidRDefault="00526DA9" w:rsidP="00296F3B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4153"/>
+        <w:tab w:val="clear" w:pos="8306"/>
+        <w:tab w:val="center" w:pos="4820"/>
+        <w:tab w:val="right" w:pos="5529"/>
+      </w:tabs>
+      <w:ind w:right="142"/>
+      <w:jc w:val="right"/>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
-      <w:t>November</w:t>
-[...1 lines deleted...]
-    <w:r w:rsidR="00C62367">
+    </w:pPr>
+    <w:r>
       <w:rPr>
         <w:color w:val="999999"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
-      <w:t xml:space="preserve"> 2022</w:t>
+      <w:t>Approved</w:t>
     </w:r>
+    <w:r w:rsidR="006463C1">
+      <w:rPr>
+        <w:color w:val="999999"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-AU"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="005646DB">
+      <w:rPr>
+        <w:color w:val="999999"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-AU"/>
+      </w:rPr>
+      <w:t>December</w:t>
+    </w:r>
+    <w:r w:rsidR="006463C1">
+      <w:rPr>
+        <w:color w:val="999999"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-AU"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> 2025</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="384BF739" w14:textId="563CD7DA" w:rsidR="005960D9" w:rsidRPr="005960D9" w:rsidRDefault="005960D9" w:rsidP="00296F3B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4153"/>
+        <w:tab w:val="clear" w:pos="8306"/>
+        <w:tab w:val="center" w:pos="4820"/>
+        <w:tab w:val="right" w:pos="5529"/>
+      </w:tabs>
+      <w:ind w:right="142"/>
+      <w:jc w:val="right"/>
+      <w:rPr>
+        <w:color w:val="999999"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+        <w:lang w:val="en-AU"/>
+      </w:rPr>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6BB42FBB" w14:textId="77777777" w:rsidR="00AE05E9" w:rsidRDefault="00AE05E9">
+    <w:p w14:paraId="1A34D686" w14:textId="77777777" w:rsidR="008C543E" w:rsidRDefault="008C543E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34C78AF8" w14:textId="77777777" w:rsidR="00AE05E9" w:rsidRDefault="00AE05E9">
+    <w:p w14:paraId="1242686C" w14:textId="77777777" w:rsidR="008C543E" w:rsidRDefault="008C543E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
+  <w:footnote w:type="continuationNotice" w:id="1">
+    <w:p w14:paraId="35DB3A3C" w14:textId="77777777" w:rsidR="008C543E" w:rsidRDefault="008C543E"/>
+  </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="78252418" w14:textId="46D7C99F" w:rsidR="005960D9" w:rsidRPr="007E4EAC" w:rsidRDefault="00C62367" w:rsidP="008C25EF">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="78252418" w14:textId="63B65B57" w:rsidR="005960D9" w:rsidRPr="0094269C" w:rsidRDefault="00C62367" w:rsidP="008C25EF">
     <w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Calibri"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00EE357F">
+    <w:r w:rsidRPr="00024BE3">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="ja-JP"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E1DF909" wp14:editId="6ECAEEC6">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1E1DF909" wp14:editId="3B2F0A46">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:align>center</wp:align>
+            <wp:posOffset>2290717</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-10160</wp:posOffset>
+            <wp:posOffset>-251562</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1806575" cy="1173657"/>
           <wp:effectExtent l="0" t="0" r="3175" b="7620"/>
           <wp:wrapNone/>
-          <wp:docPr id="2" name="Picture 2"/>
+          <wp:docPr id="1118263173" name="Picture 1118263173"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1" name="White-Medium.png"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="1806575" cy="1173657"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00A10815" w:rsidRPr="000F2A50">
+    <w:r w:rsidR="005960D9" w:rsidRPr="0094269C">
       <w:rPr>
-        <w:rFonts w:cstheme="minorHAnsi"/>
-[...169 lines deleted...]
-        <w:rFonts w:cs="Calibri"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">AOANJRR </w:t>
-[...8 lines deleted...]
-      <w:t xml:space="preserve">Standard Operating Procedures  </w:t>
+      <w:t xml:space="preserve">AOANJRR Standard Operating Procedures  </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="43E69BC3" w14:textId="5E9BEEC1" w:rsidR="005960D9" w:rsidRPr="007E4EAC" w:rsidRDefault="005960D9" w:rsidP="008C25EF">
+  <w:p w14:paraId="43E69BC3" w14:textId="5E9BEEC1" w:rsidR="005960D9" w:rsidRPr="0094269C" w:rsidRDefault="005960D9" w:rsidP="008C25EF">
     <w:pPr>
       <w:rPr>
-        <w:rFonts w:cs="Calibri"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007E4EAC">
+    <w:r w:rsidRPr="0094269C">
       <w:rPr>
-        <w:rFonts w:cs="Calibri"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Section 8 – Forms </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="00F2692D" w14:textId="1CAF4FDE" w:rsidR="005960D9" w:rsidRPr="007E4EAC" w:rsidRDefault="005960D9" w:rsidP="008C25EF">
+  <w:p w14:paraId="00F2692D" w14:textId="1CAF4FDE" w:rsidR="005960D9" w:rsidRPr="0094269C" w:rsidRDefault="005960D9" w:rsidP="008C25EF">
     <w:pPr>
       <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007E4EAC">
+    <w:r w:rsidRPr="0094269C">
       <w:rPr>
-        <w:rFonts w:cs="Calibri"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">FOR.S8.1 </w:t>
     </w:r>
-    <w:r w:rsidR="00354FF2">
+    <w:r w:rsidR="00354FF2" w:rsidRPr="0094269C">
       <w:rPr>
-        <w:rFonts w:cs="Calibri"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Data</w:t>
     </w:r>
-    <w:r w:rsidRPr="007E4EAC">
+    <w:r w:rsidRPr="0094269C">
       <w:rPr>
-        <w:rFonts w:cs="Calibri"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve"> Request Form </w:t>
+      <w:t xml:space="preserve"> Request Form – </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="008C25EF" w:rsidRPr="0094269C">
       <w:rPr>
-        <w:rFonts w:cs="Calibri"/>
-[...17 lines deleted...]
-        <w:rFonts w:cs="Calibri"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Research</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="0094269C">
       <w:rPr>
-        <w:rFonts w:cs="Calibri"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1EE86C07" w14:textId="0AD87AC9" w:rsidR="00675A5D" w:rsidRPr="00354FF2" w:rsidRDefault="00675A5D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1383B997" w14:textId="77777777" w:rsidR="00A10815" w:rsidRPr="00A10815" w:rsidRDefault="00A10815" w:rsidP="00A10815">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/intelligence2.xml><?xml version="1.0" encoding="utf-8"?>
 <int2:intelligence xmlns:int2="http://schemas.microsoft.com/office/intelligence/2020/intelligence" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst">
   <int2:observations>
     <int2:textHash int2:hashCode="m/C6mGJeQTWOW1" int2:id="ZU43op6M">
       <int2:state int2:value="Rejected" int2:type="AugLoop_Text_Critique"/>
     </int2:textHash>
-    <int2:bookmark int2:bookmarkName="_Int_jT94C6Ex" int2:invalidationBookmarkName="" int2:hashCode="uADi1ChkvDLa6m" int2:id="VUEJKMzk">
-[...10 lines deleted...]
-    </int2:bookmark>
   </int2:observations>
   <int2:intelligenceSettings/>
   <int2:onDemandWorkflows/>
 </int2:intelligence>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05442CD4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F1365614"/>
     <w:lvl w:ilvl="0" w:tplc="0C09000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -11642,50 +17577,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7FAA6153"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C9601052"/>
+    <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FFFFFFFF" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1599482566">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1763598849">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="557520613">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2121341371">
     <w:abstractNumId w:val="21"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="1713731669">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1970042766">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1289093540">
     <w:abstractNumId w:val="25"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="43875368">
     <w:abstractNumId w:val="16"/>
@@ -11731,826 +17779,1371 @@
   </w:num>
   <w:num w:numId="22" w16cid:durableId="488401336">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="423913838">
     <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1843886547">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="15621166">
     <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="1930847139">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="1839807727">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="465858640">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="232399831">
     <w:abstractNumId w:val="15"/>
   </w:num>
+  <w:num w:numId="30" w16cid:durableId="1867863324">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
   <w:numIdMacAtCleanup w:val="1"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="170"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
+    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
+    <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY0NDe3MDYxtLSwMDMwMjBS0lEKTi0uzszPAykwNq4FAKL4Z90tAAAA"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00A114D1"/>
     <w:rsid w:val="0000367F"/>
     <w:rsid w:val="000054B6"/>
     <w:rsid w:val="00005D6B"/>
     <w:rsid w:val="00005ED9"/>
+    <w:rsid w:val="00013859"/>
+    <w:rsid w:val="00015EE4"/>
     <w:rsid w:val="00016698"/>
     <w:rsid w:val="000200B9"/>
+    <w:rsid w:val="00024BE3"/>
+    <w:rsid w:val="00026C53"/>
+    <w:rsid w:val="00027679"/>
+    <w:rsid w:val="000314A6"/>
     <w:rsid w:val="00031666"/>
+    <w:rsid w:val="00032B7D"/>
     <w:rsid w:val="00032F5F"/>
+    <w:rsid w:val="000338C8"/>
     <w:rsid w:val="0003593E"/>
+    <w:rsid w:val="000363DF"/>
+    <w:rsid w:val="00037C7A"/>
     <w:rsid w:val="0004377F"/>
+    <w:rsid w:val="000440D0"/>
     <w:rsid w:val="000466F2"/>
+    <w:rsid w:val="00047313"/>
     <w:rsid w:val="00050ABC"/>
     <w:rsid w:val="00052688"/>
+    <w:rsid w:val="0005576A"/>
+    <w:rsid w:val="00063645"/>
+    <w:rsid w:val="00066B2C"/>
     <w:rsid w:val="00080040"/>
     <w:rsid w:val="00080FE2"/>
     <w:rsid w:val="000823A6"/>
     <w:rsid w:val="00082617"/>
+    <w:rsid w:val="00082E17"/>
     <w:rsid w:val="00085DEF"/>
     <w:rsid w:val="00090E6C"/>
+    <w:rsid w:val="00090F03"/>
+    <w:rsid w:val="00093B19"/>
     <w:rsid w:val="000966DF"/>
     <w:rsid w:val="00097798"/>
+    <w:rsid w:val="000A1F95"/>
     <w:rsid w:val="000A2CD9"/>
     <w:rsid w:val="000A32ED"/>
     <w:rsid w:val="000A5538"/>
+    <w:rsid w:val="000A6F62"/>
     <w:rsid w:val="000A7F24"/>
+    <w:rsid w:val="000B2633"/>
     <w:rsid w:val="000B3C25"/>
+    <w:rsid w:val="000B6631"/>
     <w:rsid w:val="000B7CFA"/>
+    <w:rsid w:val="000B7E44"/>
+    <w:rsid w:val="000C190F"/>
     <w:rsid w:val="000C37CA"/>
+    <w:rsid w:val="000C4336"/>
     <w:rsid w:val="000C5241"/>
+    <w:rsid w:val="000C5E21"/>
+    <w:rsid w:val="000D1DFD"/>
     <w:rsid w:val="000D26CE"/>
     <w:rsid w:val="000E2446"/>
+    <w:rsid w:val="000E5113"/>
     <w:rsid w:val="000F2852"/>
     <w:rsid w:val="000F2A50"/>
+    <w:rsid w:val="000F2D0F"/>
+    <w:rsid w:val="000F614A"/>
     <w:rsid w:val="000F7CEF"/>
     <w:rsid w:val="00102F8B"/>
+    <w:rsid w:val="00103433"/>
     <w:rsid w:val="00103B25"/>
+    <w:rsid w:val="00105D01"/>
     <w:rsid w:val="00107429"/>
     <w:rsid w:val="001101C8"/>
     <w:rsid w:val="001123D6"/>
+    <w:rsid w:val="00115F75"/>
+    <w:rsid w:val="00120AA8"/>
+    <w:rsid w:val="00122F15"/>
     <w:rsid w:val="00123FD0"/>
     <w:rsid w:val="001240D3"/>
     <w:rsid w:val="0013328A"/>
     <w:rsid w:val="001340D2"/>
+    <w:rsid w:val="001341AC"/>
     <w:rsid w:val="001367F9"/>
+    <w:rsid w:val="00141571"/>
     <w:rsid w:val="00143648"/>
+    <w:rsid w:val="00144B8D"/>
     <w:rsid w:val="001456BC"/>
     <w:rsid w:val="00145855"/>
     <w:rsid w:val="00146543"/>
     <w:rsid w:val="00146854"/>
     <w:rsid w:val="00146C9C"/>
+    <w:rsid w:val="001475B3"/>
     <w:rsid w:val="00147FED"/>
+    <w:rsid w:val="001528B8"/>
+    <w:rsid w:val="00152DDD"/>
+    <w:rsid w:val="00157F95"/>
     <w:rsid w:val="00161173"/>
+    <w:rsid w:val="00161681"/>
     <w:rsid w:val="001625D7"/>
+    <w:rsid w:val="00164CE8"/>
     <w:rsid w:val="001658B1"/>
     <w:rsid w:val="00166ECB"/>
+    <w:rsid w:val="001728DA"/>
+    <w:rsid w:val="00173D09"/>
+    <w:rsid w:val="00174035"/>
     <w:rsid w:val="0017446E"/>
     <w:rsid w:val="001746F4"/>
     <w:rsid w:val="00176EBA"/>
+    <w:rsid w:val="00180624"/>
     <w:rsid w:val="00182BA8"/>
     <w:rsid w:val="001971A4"/>
     <w:rsid w:val="00197892"/>
+    <w:rsid w:val="001A15EC"/>
     <w:rsid w:val="001A18C7"/>
+    <w:rsid w:val="001A191B"/>
+    <w:rsid w:val="001A6371"/>
     <w:rsid w:val="001A7463"/>
+    <w:rsid w:val="001A7DD6"/>
+    <w:rsid w:val="001B382B"/>
     <w:rsid w:val="001B38C8"/>
     <w:rsid w:val="001B400B"/>
     <w:rsid w:val="001B4934"/>
     <w:rsid w:val="001C540D"/>
     <w:rsid w:val="001C54DE"/>
     <w:rsid w:val="001C720C"/>
+    <w:rsid w:val="001C7A63"/>
     <w:rsid w:val="001D0D1A"/>
     <w:rsid w:val="001D27D9"/>
     <w:rsid w:val="001D2A26"/>
     <w:rsid w:val="001D44AA"/>
+    <w:rsid w:val="001D66F3"/>
     <w:rsid w:val="001E074F"/>
     <w:rsid w:val="001E2A9D"/>
+    <w:rsid w:val="001F0A08"/>
     <w:rsid w:val="001F0E51"/>
+    <w:rsid w:val="001F7051"/>
     <w:rsid w:val="002025CF"/>
     <w:rsid w:val="00204A8B"/>
     <w:rsid w:val="00206202"/>
     <w:rsid w:val="00206369"/>
+    <w:rsid w:val="002145C1"/>
+    <w:rsid w:val="00215C2F"/>
+    <w:rsid w:val="0022086F"/>
+    <w:rsid w:val="0022148A"/>
     <w:rsid w:val="002237BE"/>
     <w:rsid w:val="00223F35"/>
     <w:rsid w:val="002244EC"/>
     <w:rsid w:val="002304EB"/>
     <w:rsid w:val="002309B6"/>
     <w:rsid w:val="00232AEF"/>
     <w:rsid w:val="00232F03"/>
     <w:rsid w:val="002401EE"/>
+    <w:rsid w:val="00240935"/>
     <w:rsid w:val="00244392"/>
     <w:rsid w:val="00245554"/>
     <w:rsid w:val="00246C91"/>
     <w:rsid w:val="0024707D"/>
+    <w:rsid w:val="00247180"/>
+    <w:rsid w:val="00247F1A"/>
     <w:rsid w:val="0025041F"/>
     <w:rsid w:val="00251626"/>
+    <w:rsid w:val="002530A6"/>
     <w:rsid w:val="00255829"/>
     <w:rsid w:val="00255EF1"/>
     <w:rsid w:val="00263FE1"/>
+    <w:rsid w:val="002641AB"/>
     <w:rsid w:val="00264BD9"/>
     <w:rsid w:val="00265884"/>
     <w:rsid w:val="00266B14"/>
+    <w:rsid w:val="00271F16"/>
     <w:rsid w:val="00273C1A"/>
     <w:rsid w:val="002778C4"/>
     <w:rsid w:val="002812C6"/>
     <w:rsid w:val="00282957"/>
     <w:rsid w:val="00283F39"/>
     <w:rsid w:val="002864B2"/>
     <w:rsid w:val="00294A6D"/>
     <w:rsid w:val="00295052"/>
+    <w:rsid w:val="00296F3B"/>
     <w:rsid w:val="0029782E"/>
+    <w:rsid w:val="002A02C1"/>
     <w:rsid w:val="002A0CB6"/>
     <w:rsid w:val="002A0CD3"/>
     <w:rsid w:val="002A1EB7"/>
     <w:rsid w:val="002A27F5"/>
+    <w:rsid w:val="002B0DC9"/>
     <w:rsid w:val="002B1920"/>
     <w:rsid w:val="002B2F48"/>
+    <w:rsid w:val="002B313E"/>
     <w:rsid w:val="002B4B4C"/>
     <w:rsid w:val="002B5951"/>
+    <w:rsid w:val="002C0005"/>
+    <w:rsid w:val="002C02E2"/>
     <w:rsid w:val="002C181C"/>
     <w:rsid w:val="002D6124"/>
+    <w:rsid w:val="002DDF32"/>
+    <w:rsid w:val="002E3A42"/>
+    <w:rsid w:val="002E61BB"/>
+    <w:rsid w:val="002F0CDB"/>
     <w:rsid w:val="002F3954"/>
+    <w:rsid w:val="003062AF"/>
     <w:rsid w:val="00311866"/>
     <w:rsid w:val="0031189A"/>
     <w:rsid w:val="003148DA"/>
     <w:rsid w:val="00314C5A"/>
+    <w:rsid w:val="003206F3"/>
     <w:rsid w:val="0032213C"/>
     <w:rsid w:val="00326223"/>
     <w:rsid w:val="00326ADA"/>
+    <w:rsid w:val="0033049B"/>
     <w:rsid w:val="00333C75"/>
     <w:rsid w:val="00335194"/>
+    <w:rsid w:val="003352EA"/>
     <w:rsid w:val="003357C2"/>
     <w:rsid w:val="00335DA9"/>
     <w:rsid w:val="00335F89"/>
     <w:rsid w:val="003360B8"/>
+    <w:rsid w:val="00337E29"/>
     <w:rsid w:val="0034191B"/>
     <w:rsid w:val="00346282"/>
+    <w:rsid w:val="00347BEF"/>
     <w:rsid w:val="00351F1D"/>
+    <w:rsid w:val="0035329A"/>
+    <w:rsid w:val="0035403E"/>
     <w:rsid w:val="00354FF2"/>
     <w:rsid w:val="00360541"/>
+    <w:rsid w:val="00365C1A"/>
     <w:rsid w:val="003667F1"/>
     <w:rsid w:val="003743B1"/>
     <w:rsid w:val="00375082"/>
     <w:rsid w:val="003813B2"/>
     <w:rsid w:val="003863BC"/>
     <w:rsid w:val="003879CC"/>
+    <w:rsid w:val="003923A0"/>
     <w:rsid w:val="003A0DE3"/>
     <w:rsid w:val="003A23D3"/>
     <w:rsid w:val="003A3FA5"/>
     <w:rsid w:val="003A47D2"/>
     <w:rsid w:val="003A674D"/>
     <w:rsid w:val="003B0673"/>
     <w:rsid w:val="003B45BF"/>
     <w:rsid w:val="003B5161"/>
+    <w:rsid w:val="003B675D"/>
+    <w:rsid w:val="003B6C1F"/>
     <w:rsid w:val="003B7BFA"/>
+    <w:rsid w:val="003C0120"/>
+    <w:rsid w:val="003C42EA"/>
     <w:rsid w:val="003C4789"/>
+    <w:rsid w:val="003C5605"/>
     <w:rsid w:val="003C70AB"/>
     <w:rsid w:val="003C71DE"/>
     <w:rsid w:val="003D2D47"/>
     <w:rsid w:val="003D31A5"/>
+    <w:rsid w:val="003D48A4"/>
     <w:rsid w:val="003D4974"/>
     <w:rsid w:val="003E29D0"/>
     <w:rsid w:val="003E71FF"/>
     <w:rsid w:val="003F24C0"/>
+    <w:rsid w:val="003F323D"/>
+    <w:rsid w:val="0040316A"/>
+    <w:rsid w:val="0040332B"/>
     <w:rsid w:val="004040F4"/>
     <w:rsid w:val="00404718"/>
     <w:rsid w:val="00404B8D"/>
     <w:rsid w:val="004065D1"/>
     <w:rsid w:val="0040797D"/>
     <w:rsid w:val="004128AF"/>
     <w:rsid w:val="00413A58"/>
     <w:rsid w:val="004144EC"/>
     <w:rsid w:val="00416038"/>
     <w:rsid w:val="00420E51"/>
     <w:rsid w:val="004219E5"/>
     <w:rsid w:val="004228F0"/>
     <w:rsid w:val="004255E0"/>
+    <w:rsid w:val="00427AE9"/>
+    <w:rsid w:val="00430171"/>
+    <w:rsid w:val="00431477"/>
     <w:rsid w:val="0043156D"/>
+    <w:rsid w:val="004323BE"/>
+    <w:rsid w:val="00433342"/>
+    <w:rsid w:val="0043489D"/>
     <w:rsid w:val="00435437"/>
     <w:rsid w:val="00436F08"/>
     <w:rsid w:val="00441187"/>
     <w:rsid w:val="00442771"/>
     <w:rsid w:val="004446C6"/>
     <w:rsid w:val="00446977"/>
+    <w:rsid w:val="00446A69"/>
+    <w:rsid w:val="00447876"/>
     <w:rsid w:val="004601D2"/>
     <w:rsid w:val="00461F33"/>
+    <w:rsid w:val="00465CC1"/>
     <w:rsid w:val="0047025A"/>
     <w:rsid w:val="00470E18"/>
+    <w:rsid w:val="0047211F"/>
     <w:rsid w:val="00474775"/>
+    <w:rsid w:val="004761E4"/>
+    <w:rsid w:val="004768D9"/>
     <w:rsid w:val="00476BE0"/>
     <w:rsid w:val="00480CAB"/>
+    <w:rsid w:val="004829B3"/>
+    <w:rsid w:val="004873B2"/>
     <w:rsid w:val="0049267F"/>
     <w:rsid w:val="004939A8"/>
     <w:rsid w:val="00494803"/>
+    <w:rsid w:val="00495609"/>
     <w:rsid w:val="00495EE5"/>
     <w:rsid w:val="00496D36"/>
+    <w:rsid w:val="00497442"/>
+    <w:rsid w:val="004A0496"/>
     <w:rsid w:val="004A07A6"/>
     <w:rsid w:val="004A10E0"/>
+    <w:rsid w:val="004A1ACA"/>
+    <w:rsid w:val="004A3942"/>
     <w:rsid w:val="004A3A49"/>
+    <w:rsid w:val="004A749C"/>
+    <w:rsid w:val="004B091C"/>
     <w:rsid w:val="004B1520"/>
     <w:rsid w:val="004B2DE1"/>
     <w:rsid w:val="004B4343"/>
+    <w:rsid w:val="004C2C0B"/>
     <w:rsid w:val="004C4C7E"/>
     <w:rsid w:val="004C78E5"/>
     <w:rsid w:val="004D2B9D"/>
     <w:rsid w:val="004D408A"/>
+    <w:rsid w:val="004E0B43"/>
     <w:rsid w:val="004E1D0D"/>
+    <w:rsid w:val="004E39BF"/>
     <w:rsid w:val="004E5CA2"/>
     <w:rsid w:val="004F3F5B"/>
     <w:rsid w:val="004F4297"/>
     <w:rsid w:val="004F4D0E"/>
     <w:rsid w:val="004F601B"/>
+    <w:rsid w:val="004F699E"/>
+    <w:rsid w:val="004F7EF6"/>
+    <w:rsid w:val="005021E8"/>
+    <w:rsid w:val="00503D33"/>
     <w:rsid w:val="00506087"/>
+    <w:rsid w:val="00506539"/>
+    <w:rsid w:val="00506BA6"/>
+    <w:rsid w:val="00507A2D"/>
     <w:rsid w:val="005110C1"/>
+    <w:rsid w:val="0051444D"/>
+    <w:rsid w:val="005157E1"/>
     <w:rsid w:val="00516F22"/>
     <w:rsid w:val="00517341"/>
+    <w:rsid w:val="00526DA9"/>
+    <w:rsid w:val="005306B9"/>
     <w:rsid w:val="00531322"/>
     <w:rsid w:val="00533D32"/>
     <w:rsid w:val="0053411B"/>
+    <w:rsid w:val="00535EE4"/>
     <w:rsid w:val="0054287E"/>
     <w:rsid w:val="005445C3"/>
     <w:rsid w:val="00550EC8"/>
+    <w:rsid w:val="00552A1D"/>
     <w:rsid w:val="00554F0A"/>
+    <w:rsid w:val="00557D04"/>
+    <w:rsid w:val="00560165"/>
+    <w:rsid w:val="0056137C"/>
+    <w:rsid w:val="005617BE"/>
+    <w:rsid w:val="00561D73"/>
+    <w:rsid w:val="005646DB"/>
     <w:rsid w:val="005657F6"/>
     <w:rsid w:val="00565931"/>
+    <w:rsid w:val="00565D53"/>
+    <w:rsid w:val="0056612A"/>
     <w:rsid w:val="0056761B"/>
     <w:rsid w:val="00567D68"/>
     <w:rsid w:val="00573644"/>
     <w:rsid w:val="00575396"/>
     <w:rsid w:val="005773F0"/>
+    <w:rsid w:val="00577BCC"/>
+    <w:rsid w:val="00582AC6"/>
+    <w:rsid w:val="00586D03"/>
+    <w:rsid w:val="005936BF"/>
     <w:rsid w:val="005960D9"/>
+    <w:rsid w:val="0059705A"/>
+    <w:rsid w:val="005A0B2E"/>
+    <w:rsid w:val="005A0B7A"/>
     <w:rsid w:val="005A7723"/>
+    <w:rsid w:val="005B3517"/>
     <w:rsid w:val="005C0118"/>
+    <w:rsid w:val="005C194A"/>
+    <w:rsid w:val="005C4E24"/>
     <w:rsid w:val="005C5B6C"/>
+    <w:rsid w:val="005D2627"/>
     <w:rsid w:val="005D7602"/>
     <w:rsid w:val="005E09B6"/>
     <w:rsid w:val="005E1483"/>
     <w:rsid w:val="005E1DC0"/>
+    <w:rsid w:val="005E2D7B"/>
+    <w:rsid w:val="005E6F93"/>
+    <w:rsid w:val="005F2336"/>
     <w:rsid w:val="005F44FE"/>
+    <w:rsid w:val="005F6ED2"/>
+    <w:rsid w:val="005F7204"/>
     <w:rsid w:val="00600605"/>
+    <w:rsid w:val="006021A3"/>
     <w:rsid w:val="006037D2"/>
     <w:rsid w:val="00604A45"/>
     <w:rsid w:val="00604AC3"/>
     <w:rsid w:val="00605090"/>
     <w:rsid w:val="00605398"/>
     <w:rsid w:val="00605941"/>
+    <w:rsid w:val="00606CCA"/>
     <w:rsid w:val="00607D5E"/>
     <w:rsid w:val="006170E8"/>
     <w:rsid w:val="00617F11"/>
+    <w:rsid w:val="00620EF9"/>
     <w:rsid w:val="00622CB7"/>
     <w:rsid w:val="00622E3D"/>
+    <w:rsid w:val="0062598F"/>
+    <w:rsid w:val="0062C798"/>
     <w:rsid w:val="00633B83"/>
+    <w:rsid w:val="00634AE2"/>
     <w:rsid w:val="00635BDF"/>
     <w:rsid w:val="00637BCC"/>
     <w:rsid w:val="00637FC6"/>
     <w:rsid w:val="00641331"/>
+    <w:rsid w:val="00642A88"/>
     <w:rsid w:val="0064511A"/>
     <w:rsid w:val="00645CAA"/>
+    <w:rsid w:val="006463C1"/>
+    <w:rsid w:val="00650114"/>
     <w:rsid w:val="00650F69"/>
     <w:rsid w:val="00655886"/>
+    <w:rsid w:val="00656B51"/>
+    <w:rsid w:val="00657319"/>
     <w:rsid w:val="0066181C"/>
     <w:rsid w:val="00662C52"/>
     <w:rsid w:val="0066348F"/>
+    <w:rsid w:val="00665AB1"/>
+    <w:rsid w:val="00666428"/>
     <w:rsid w:val="00667AF9"/>
     <w:rsid w:val="00670AF9"/>
+    <w:rsid w:val="00675614"/>
     <w:rsid w:val="00675A5D"/>
+    <w:rsid w:val="006822B6"/>
     <w:rsid w:val="006835BB"/>
+    <w:rsid w:val="00683BC7"/>
+    <w:rsid w:val="00686484"/>
+    <w:rsid w:val="006870DC"/>
     <w:rsid w:val="00687544"/>
+    <w:rsid w:val="0068791D"/>
+    <w:rsid w:val="006931AE"/>
     <w:rsid w:val="006931F7"/>
+    <w:rsid w:val="00693452"/>
+    <w:rsid w:val="0069589A"/>
     <w:rsid w:val="006979FD"/>
+    <w:rsid w:val="006A0AC8"/>
     <w:rsid w:val="006A3FBC"/>
     <w:rsid w:val="006B2A90"/>
     <w:rsid w:val="006B31BF"/>
+    <w:rsid w:val="006B4505"/>
     <w:rsid w:val="006B5901"/>
     <w:rsid w:val="006B5971"/>
     <w:rsid w:val="006B6FF4"/>
     <w:rsid w:val="006C1718"/>
+    <w:rsid w:val="006C1BE9"/>
     <w:rsid w:val="006C3198"/>
     <w:rsid w:val="006C3315"/>
     <w:rsid w:val="006D2ECA"/>
     <w:rsid w:val="006D44F4"/>
     <w:rsid w:val="006D569C"/>
+    <w:rsid w:val="006D669D"/>
+    <w:rsid w:val="006E008D"/>
+    <w:rsid w:val="006E14DF"/>
     <w:rsid w:val="006E2EA8"/>
     <w:rsid w:val="006E5645"/>
     <w:rsid w:val="006F2B80"/>
     <w:rsid w:val="006F483E"/>
+    <w:rsid w:val="006F4C1A"/>
+    <w:rsid w:val="007011D2"/>
     <w:rsid w:val="00701D8C"/>
     <w:rsid w:val="00704372"/>
     <w:rsid w:val="007051E4"/>
     <w:rsid w:val="007076BB"/>
     <w:rsid w:val="00716106"/>
+    <w:rsid w:val="00716742"/>
+    <w:rsid w:val="00720064"/>
     <w:rsid w:val="00720A82"/>
+    <w:rsid w:val="007229CA"/>
     <w:rsid w:val="00724160"/>
     <w:rsid w:val="00732E02"/>
     <w:rsid w:val="00734B68"/>
     <w:rsid w:val="00736991"/>
+    <w:rsid w:val="00737346"/>
+    <w:rsid w:val="00737501"/>
     <w:rsid w:val="0074531E"/>
     <w:rsid w:val="007514AF"/>
     <w:rsid w:val="00757F39"/>
     <w:rsid w:val="007601B2"/>
+    <w:rsid w:val="00762913"/>
     <w:rsid w:val="007667F8"/>
+    <w:rsid w:val="00766D51"/>
     <w:rsid w:val="00766FF1"/>
+    <w:rsid w:val="00772013"/>
+    <w:rsid w:val="00772D60"/>
     <w:rsid w:val="0077612A"/>
+    <w:rsid w:val="00780F83"/>
     <w:rsid w:val="00790717"/>
     <w:rsid w:val="00790B8A"/>
+    <w:rsid w:val="00792591"/>
+    <w:rsid w:val="007940BB"/>
     <w:rsid w:val="00794119"/>
     <w:rsid w:val="007A15D2"/>
+    <w:rsid w:val="007A34BC"/>
+    <w:rsid w:val="007A35DF"/>
     <w:rsid w:val="007A552C"/>
+    <w:rsid w:val="007A5ABC"/>
+    <w:rsid w:val="007B1442"/>
     <w:rsid w:val="007B18C6"/>
+    <w:rsid w:val="007B67B3"/>
     <w:rsid w:val="007C11BD"/>
     <w:rsid w:val="007C3A7C"/>
     <w:rsid w:val="007C534B"/>
+    <w:rsid w:val="007D2A8F"/>
+    <w:rsid w:val="007D2F1C"/>
+    <w:rsid w:val="007E049B"/>
+    <w:rsid w:val="007E05EE"/>
     <w:rsid w:val="007E060A"/>
     <w:rsid w:val="007E0F6A"/>
+    <w:rsid w:val="007E19DC"/>
     <w:rsid w:val="007E2C83"/>
+    <w:rsid w:val="007E5265"/>
     <w:rsid w:val="007F0380"/>
     <w:rsid w:val="007F0AC2"/>
+    <w:rsid w:val="007F1D04"/>
+    <w:rsid w:val="007F25E0"/>
     <w:rsid w:val="007F4CAC"/>
     <w:rsid w:val="007F5584"/>
     <w:rsid w:val="007F572A"/>
+    <w:rsid w:val="007F5BF0"/>
     <w:rsid w:val="007F61D0"/>
     <w:rsid w:val="00802EEE"/>
+    <w:rsid w:val="00805D6E"/>
+    <w:rsid w:val="008068A2"/>
+    <w:rsid w:val="00810127"/>
     <w:rsid w:val="008102EF"/>
     <w:rsid w:val="00811D15"/>
     <w:rsid w:val="0081222D"/>
     <w:rsid w:val="00813C35"/>
     <w:rsid w:val="008160CA"/>
     <w:rsid w:val="00817982"/>
     <w:rsid w:val="00820435"/>
     <w:rsid w:val="00823335"/>
     <w:rsid w:val="00825950"/>
     <w:rsid w:val="00825FC8"/>
     <w:rsid w:val="00826204"/>
     <w:rsid w:val="008263DC"/>
+    <w:rsid w:val="0082674B"/>
     <w:rsid w:val="0083331A"/>
+    <w:rsid w:val="00836646"/>
+    <w:rsid w:val="0083685B"/>
     <w:rsid w:val="00836EEA"/>
     <w:rsid w:val="0083719A"/>
     <w:rsid w:val="0084012F"/>
     <w:rsid w:val="0084289D"/>
+    <w:rsid w:val="0084424E"/>
     <w:rsid w:val="00844DCB"/>
     <w:rsid w:val="008501CE"/>
+    <w:rsid w:val="00850AE9"/>
     <w:rsid w:val="008561CD"/>
     <w:rsid w:val="008607AA"/>
+    <w:rsid w:val="008626E2"/>
     <w:rsid w:val="00865EC7"/>
+    <w:rsid w:val="008741DB"/>
     <w:rsid w:val="00875486"/>
     <w:rsid w:val="0087589F"/>
+    <w:rsid w:val="008770FD"/>
+    <w:rsid w:val="008772B4"/>
     <w:rsid w:val="00884B14"/>
+    <w:rsid w:val="0088671E"/>
+    <w:rsid w:val="00890079"/>
     <w:rsid w:val="00890FCE"/>
     <w:rsid w:val="008929D6"/>
     <w:rsid w:val="00893345"/>
     <w:rsid w:val="00894B39"/>
     <w:rsid w:val="008961BF"/>
     <w:rsid w:val="00897245"/>
     <w:rsid w:val="00897443"/>
     <w:rsid w:val="008A49BB"/>
     <w:rsid w:val="008A6391"/>
     <w:rsid w:val="008B193E"/>
     <w:rsid w:val="008B3B14"/>
     <w:rsid w:val="008B585B"/>
     <w:rsid w:val="008C0945"/>
     <w:rsid w:val="008C2597"/>
     <w:rsid w:val="008C25EF"/>
+    <w:rsid w:val="008C3488"/>
     <w:rsid w:val="008C3C1F"/>
+    <w:rsid w:val="008C543E"/>
     <w:rsid w:val="008C5E3F"/>
     <w:rsid w:val="008C6408"/>
+    <w:rsid w:val="008D06C1"/>
     <w:rsid w:val="008D0C52"/>
     <w:rsid w:val="008D1197"/>
+    <w:rsid w:val="008D67C7"/>
+    <w:rsid w:val="008D68C4"/>
     <w:rsid w:val="008E3C75"/>
     <w:rsid w:val="008E4959"/>
     <w:rsid w:val="008E7166"/>
     <w:rsid w:val="008E75ED"/>
+    <w:rsid w:val="008E7F5A"/>
     <w:rsid w:val="008F03F8"/>
     <w:rsid w:val="008F6401"/>
+    <w:rsid w:val="0090029D"/>
     <w:rsid w:val="00900DDB"/>
     <w:rsid w:val="009015ED"/>
     <w:rsid w:val="009017DE"/>
     <w:rsid w:val="00901C6A"/>
     <w:rsid w:val="00904FBB"/>
     <w:rsid w:val="0090768C"/>
     <w:rsid w:val="00913B69"/>
     <w:rsid w:val="0091580C"/>
+    <w:rsid w:val="00915A46"/>
+    <w:rsid w:val="00916267"/>
     <w:rsid w:val="00923F7E"/>
     <w:rsid w:val="00923F9A"/>
     <w:rsid w:val="009265B2"/>
     <w:rsid w:val="0092710A"/>
+    <w:rsid w:val="00930AA2"/>
+    <w:rsid w:val="0093252C"/>
     <w:rsid w:val="00933093"/>
     <w:rsid w:val="00934088"/>
+    <w:rsid w:val="009356D6"/>
+    <w:rsid w:val="0093656A"/>
+    <w:rsid w:val="009372C4"/>
+    <w:rsid w:val="0093793B"/>
+    <w:rsid w:val="00937E0D"/>
     <w:rsid w:val="0094256E"/>
+    <w:rsid w:val="0094269C"/>
+    <w:rsid w:val="0094342F"/>
     <w:rsid w:val="0094362D"/>
     <w:rsid w:val="0094482D"/>
     <w:rsid w:val="00945DA5"/>
     <w:rsid w:val="00946828"/>
     <w:rsid w:val="009470BA"/>
     <w:rsid w:val="00947505"/>
     <w:rsid w:val="0095465B"/>
+    <w:rsid w:val="009548BB"/>
     <w:rsid w:val="00962098"/>
     <w:rsid w:val="00962570"/>
     <w:rsid w:val="009659A1"/>
+    <w:rsid w:val="00967E89"/>
     <w:rsid w:val="0097096E"/>
     <w:rsid w:val="009711B1"/>
     <w:rsid w:val="009711BB"/>
     <w:rsid w:val="00972318"/>
     <w:rsid w:val="00976166"/>
+    <w:rsid w:val="009807AB"/>
     <w:rsid w:val="00983124"/>
     <w:rsid w:val="0098341C"/>
     <w:rsid w:val="00983CDE"/>
+    <w:rsid w:val="00984927"/>
+    <w:rsid w:val="0098596E"/>
+    <w:rsid w:val="009934B1"/>
     <w:rsid w:val="0099356B"/>
+    <w:rsid w:val="00997D4C"/>
     <w:rsid w:val="009A2151"/>
     <w:rsid w:val="009A279F"/>
     <w:rsid w:val="009A3326"/>
     <w:rsid w:val="009A3FF9"/>
     <w:rsid w:val="009A4D00"/>
     <w:rsid w:val="009A54AE"/>
+    <w:rsid w:val="009A7AA2"/>
+    <w:rsid w:val="009B07D2"/>
     <w:rsid w:val="009B087C"/>
     <w:rsid w:val="009B2E3D"/>
     <w:rsid w:val="009B2F34"/>
+    <w:rsid w:val="009B4711"/>
+    <w:rsid w:val="009C3CF2"/>
+    <w:rsid w:val="009D02C2"/>
+    <w:rsid w:val="009D0BAC"/>
+    <w:rsid w:val="009D196F"/>
+    <w:rsid w:val="009D2F21"/>
+    <w:rsid w:val="009D7CAF"/>
     <w:rsid w:val="009D7DF1"/>
+    <w:rsid w:val="009E3425"/>
+    <w:rsid w:val="009E44F6"/>
     <w:rsid w:val="009E4A09"/>
+    <w:rsid w:val="009E5142"/>
     <w:rsid w:val="009E662E"/>
     <w:rsid w:val="009F057B"/>
+    <w:rsid w:val="009F1631"/>
     <w:rsid w:val="009F357F"/>
+    <w:rsid w:val="009F6075"/>
     <w:rsid w:val="009F69A5"/>
     <w:rsid w:val="009F77E3"/>
     <w:rsid w:val="00A00198"/>
     <w:rsid w:val="00A062B3"/>
     <w:rsid w:val="00A06FCD"/>
+    <w:rsid w:val="00A0761D"/>
     <w:rsid w:val="00A10815"/>
     <w:rsid w:val="00A10F65"/>
     <w:rsid w:val="00A114D1"/>
     <w:rsid w:val="00A12A0B"/>
+    <w:rsid w:val="00A133AC"/>
+    <w:rsid w:val="00A14829"/>
+    <w:rsid w:val="00A14D49"/>
     <w:rsid w:val="00A15468"/>
+    <w:rsid w:val="00A177B7"/>
     <w:rsid w:val="00A219D4"/>
+    <w:rsid w:val="00A23575"/>
     <w:rsid w:val="00A24F08"/>
     <w:rsid w:val="00A25926"/>
+    <w:rsid w:val="00A27392"/>
     <w:rsid w:val="00A2790D"/>
     <w:rsid w:val="00A346A5"/>
     <w:rsid w:val="00A41622"/>
+    <w:rsid w:val="00A41F89"/>
     <w:rsid w:val="00A424BF"/>
     <w:rsid w:val="00A4348C"/>
+    <w:rsid w:val="00A4385A"/>
+    <w:rsid w:val="00A540B4"/>
+    <w:rsid w:val="00A54A10"/>
     <w:rsid w:val="00A55EA9"/>
     <w:rsid w:val="00A5646A"/>
     <w:rsid w:val="00A56568"/>
     <w:rsid w:val="00A604F8"/>
     <w:rsid w:val="00A60580"/>
     <w:rsid w:val="00A623BC"/>
     <w:rsid w:val="00A66E86"/>
+    <w:rsid w:val="00A77811"/>
+    <w:rsid w:val="00A83385"/>
     <w:rsid w:val="00A83AF6"/>
     <w:rsid w:val="00A83BD2"/>
     <w:rsid w:val="00A83CCD"/>
     <w:rsid w:val="00A85FA7"/>
     <w:rsid w:val="00A86996"/>
     <w:rsid w:val="00A90CF1"/>
     <w:rsid w:val="00A90FB8"/>
     <w:rsid w:val="00A92F76"/>
     <w:rsid w:val="00A93D59"/>
     <w:rsid w:val="00A97583"/>
+    <w:rsid w:val="00AA00BF"/>
     <w:rsid w:val="00AA09D3"/>
     <w:rsid w:val="00AA175D"/>
     <w:rsid w:val="00AA1B5C"/>
     <w:rsid w:val="00AA65FE"/>
     <w:rsid w:val="00AA6CC0"/>
+    <w:rsid w:val="00AA7CCC"/>
+    <w:rsid w:val="00AB1194"/>
     <w:rsid w:val="00AB1265"/>
     <w:rsid w:val="00AB7D14"/>
+    <w:rsid w:val="00AC1110"/>
+    <w:rsid w:val="00AC1A66"/>
     <w:rsid w:val="00AC7B0B"/>
+    <w:rsid w:val="00AC7FDC"/>
     <w:rsid w:val="00AD16BD"/>
     <w:rsid w:val="00AD1F79"/>
+    <w:rsid w:val="00AD2F5F"/>
     <w:rsid w:val="00AD4ACA"/>
+    <w:rsid w:val="00AD5C36"/>
     <w:rsid w:val="00AE05E9"/>
     <w:rsid w:val="00AE2AC4"/>
     <w:rsid w:val="00AE2CC0"/>
     <w:rsid w:val="00AE42E2"/>
     <w:rsid w:val="00AE58B0"/>
+    <w:rsid w:val="00AE5FCD"/>
+    <w:rsid w:val="00AE627C"/>
+    <w:rsid w:val="00AF0701"/>
+    <w:rsid w:val="00AF1CF4"/>
+    <w:rsid w:val="00AF2A20"/>
     <w:rsid w:val="00AF50A1"/>
     <w:rsid w:val="00AF52EF"/>
     <w:rsid w:val="00AF57C1"/>
+    <w:rsid w:val="00AF5DCF"/>
+    <w:rsid w:val="00AF65BA"/>
     <w:rsid w:val="00AF7515"/>
     <w:rsid w:val="00B001BA"/>
+    <w:rsid w:val="00B00CCD"/>
+    <w:rsid w:val="00B010A4"/>
     <w:rsid w:val="00B024DE"/>
     <w:rsid w:val="00B031D2"/>
     <w:rsid w:val="00B040AD"/>
     <w:rsid w:val="00B0782F"/>
     <w:rsid w:val="00B10E43"/>
+    <w:rsid w:val="00B14285"/>
     <w:rsid w:val="00B16F71"/>
+    <w:rsid w:val="00B233D2"/>
     <w:rsid w:val="00B23463"/>
     <w:rsid w:val="00B2370C"/>
     <w:rsid w:val="00B277F3"/>
     <w:rsid w:val="00B30A21"/>
+    <w:rsid w:val="00B33F29"/>
     <w:rsid w:val="00B357DA"/>
+    <w:rsid w:val="00B3696F"/>
     <w:rsid w:val="00B41D4A"/>
     <w:rsid w:val="00B44DB3"/>
+    <w:rsid w:val="00B46A4B"/>
     <w:rsid w:val="00B50416"/>
     <w:rsid w:val="00B511BD"/>
     <w:rsid w:val="00B51AD7"/>
     <w:rsid w:val="00B54AF3"/>
     <w:rsid w:val="00B56DDE"/>
     <w:rsid w:val="00B57CA4"/>
     <w:rsid w:val="00B652DB"/>
     <w:rsid w:val="00B67528"/>
     <w:rsid w:val="00B67D59"/>
     <w:rsid w:val="00B7176B"/>
     <w:rsid w:val="00B778AC"/>
     <w:rsid w:val="00B84CE7"/>
+    <w:rsid w:val="00B86C2D"/>
+    <w:rsid w:val="00B91AFE"/>
     <w:rsid w:val="00B92575"/>
+    <w:rsid w:val="00B97EAC"/>
+    <w:rsid w:val="00BA5AE3"/>
     <w:rsid w:val="00BA70B5"/>
     <w:rsid w:val="00BA74DF"/>
+    <w:rsid w:val="00BB6A7B"/>
+    <w:rsid w:val="00BC1E11"/>
     <w:rsid w:val="00BC38F4"/>
     <w:rsid w:val="00BC5776"/>
+    <w:rsid w:val="00BC6E58"/>
     <w:rsid w:val="00BD41F8"/>
     <w:rsid w:val="00BE022C"/>
+    <w:rsid w:val="00BE0E01"/>
+    <w:rsid w:val="00BE4595"/>
     <w:rsid w:val="00BE4CFE"/>
+    <w:rsid w:val="00BE7A4A"/>
     <w:rsid w:val="00BF4578"/>
     <w:rsid w:val="00BF4713"/>
     <w:rsid w:val="00BF4C98"/>
     <w:rsid w:val="00BF5424"/>
+    <w:rsid w:val="00BF6F8D"/>
     <w:rsid w:val="00C02FDC"/>
     <w:rsid w:val="00C0305A"/>
     <w:rsid w:val="00C0394F"/>
     <w:rsid w:val="00C03FE6"/>
+    <w:rsid w:val="00C04BB3"/>
+    <w:rsid w:val="00C05275"/>
     <w:rsid w:val="00C06535"/>
     <w:rsid w:val="00C06B81"/>
+    <w:rsid w:val="00C113F4"/>
+    <w:rsid w:val="00C1213C"/>
     <w:rsid w:val="00C12B2A"/>
     <w:rsid w:val="00C13EC6"/>
     <w:rsid w:val="00C171D7"/>
+    <w:rsid w:val="00C23CA6"/>
     <w:rsid w:val="00C27AD7"/>
+    <w:rsid w:val="00C30B0B"/>
+    <w:rsid w:val="00C30D30"/>
     <w:rsid w:val="00C34327"/>
     <w:rsid w:val="00C41154"/>
+    <w:rsid w:val="00C4336A"/>
     <w:rsid w:val="00C4344D"/>
     <w:rsid w:val="00C43ACB"/>
+    <w:rsid w:val="00C44396"/>
+    <w:rsid w:val="00C449ED"/>
+    <w:rsid w:val="00C45266"/>
+    <w:rsid w:val="00C50DFF"/>
+    <w:rsid w:val="00C51935"/>
     <w:rsid w:val="00C53DFE"/>
     <w:rsid w:val="00C546FD"/>
+    <w:rsid w:val="00C551F6"/>
     <w:rsid w:val="00C56F4C"/>
     <w:rsid w:val="00C57D08"/>
     <w:rsid w:val="00C60024"/>
+    <w:rsid w:val="00C60FAB"/>
     <w:rsid w:val="00C62367"/>
+    <w:rsid w:val="00C66786"/>
     <w:rsid w:val="00C67180"/>
     <w:rsid w:val="00C67A60"/>
+    <w:rsid w:val="00C70043"/>
     <w:rsid w:val="00C71DD7"/>
     <w:rsid w:val="00C72702"/>
+    <w:rsid w:val="00C7523C"/>
+    <w:rsid w:val="00C806F1"/>
+    <w:rsid w:val="00C817F0"/>
     <w:rsid w:val="00C81852"/>
     <w:rsid w:val="00C82241"/>
     <w:rsid w:val="00C83350"/>
     <w:rsid w:val="00C8579A"/>
+    <w:rsid w:val="00C87C51"/>
+    <w:rsid w:val="00C91398"/>
+    <w:rsid w:val="00C91788"/>
+    <w:rsid w:val="00C957E0"/>
     <w:rsid w:val="00C95990"/>
     <w:rsid w:val="00C9625F"/>
     <w:rsid w:val="00C963FC"/>
     <w:rsid w:val="00CA3AD2"/>
+    <w:rsid w:val="00CA4D8D"/>
     <w:rsid w:val="00CB1BA7"/>
     <w:rsid w:val="00CC0428"/>
     <w:rsid w:val="00CC0C9F"/>
+    <w:rsid w:val="00CC2E98"/>
+    <w:rsid w:val="00CC7239"/>
     <w:rsid w:val="00CD08EF"/>
     <w:rsid w:val="00CD2B33"/>
     <w:rsid w:val="00CD522A"/>
     <w:rsid w:val="00CD6C32"/>
     <w:rsid w:val="00CE39DA"/>
     <w:rsid w:val="00CE5B56"/>
+    <w:rsid w:val="00CE62D9"/>
+    <w:rsid w:val="00CE78EC"/>
+    <w:rsid w:val="00CE7F10"/>
     <w:rsid w:val="00CF18E5"/>
     <w:rsid w:val="00CF1A34"/>
     <w:rsid w:val="00CF26AE"/>
+    <w:rsid w:val="00CF3C59"/>
     <w:rsid w:val="00CF471E"/>
     <w:rsid w:val="00CF6B87"/>
     <w:rsid w:val="00CF74F8"/>
+    <w:rsid w:val="00D01996"/>
+    <w:rsid w:val="00D02366"/>
     <w:rsid w:val="00D05A6E"/>
     <w:rsid w:val="00D071D7"/>
     <w:rsid w:val="00D128B5"/>
     <w:rsid w:val="00D13B6C"/>
+    <w:rsid w:val="00D13C0A"/>
     <w:rsid w:val="00D143E0"/>
     <w:rsid w:val="00D17F2C"/>
     <w:rsid w:val="00D2009A"/>
+    <w:rsid w:val="00D23555"/>
     <w:rsid w:val="00D25B41"/>
     <w:rsid w:val="00D26947"/>
+    <w:rsid w:val="00D26EEF"/>
     <w:rsid w:val="00D31433"/>
     <w:rsid w:val="00D31A09"/>
+    <w:rsid w:val="00D32287"/>
     <w:rsid w:val="00D35D0E"/>
+    <w:rsid w:val="00D40773"/>
     <w:rsid w:val="00D41657"/>
     <w:rsid w:val="00D42207"/>
     <w:rsid w:val="00D4320B"/>
     <w:rsid w:val="00D43BA3"/>
     <w:rsid w:val="00D45E91"/>
     <w:rsid w:val="00D461B7"/>
     <w:rsid w:val="00D46CF2"/>
     <w:rsid w:val="00D52A21"/>
     <w:rsid w:val="00D53522"/>
     <w:rsid w:val="00D53F0B"/>
     <w:rsid w:val="00D545BC"/>
     <w:rsid w:val="00D625DC"/>
+    <w:rsid w:val="00D6464D"/>
+    <w:rsid w:val="00D65580"/>
+    <w:rsid w:val="00D659B9"/>
+    <w:rsid w:val="00D720B1"/>
     <w:rsid w:val="00D73566"/>
     <w:rsid w:val="00D77B99"/>
     <w:rsid w:val="00D77EB7"/>
     <w:rsid w:val="00D8211D"/>
+    <w:rsid w:val="00D836C4"/>
     <w:rsid w:val="00D86EF9"/>
+    <w:rsid w:val="00D90C38"/>
     <w:rsid w:val="00DA1256"/>
     <w:rsid w:val="00DA1CB9"/>
     <w:rsid w:val="00DA32D5"/>
     <w:rsid w:val="00DA43BA"/>
     <w:rsid w:val="00DA71AA"/>
     <w:rsid w:val="00DB34F0"/>
+    <w:rsid w:val="00DB3DC8"/>
+    <w:rsid w:val="00DB46D0"/>
+    <w:rsid w:val="00DB7CD8"/>
+    <w:rsid w:val="00DC2799"/>
     <w:rsid w:val="00DD15DE"/>
     <w:rsid w:val="00DD16D2"/>
     <w:rsid w:val="00DD4B36"/>
+    <w:rsid w:val="00DD51EA"/>
     <w:rsid w:val="00DD6776"/>
     <w:rsid w:val="00DE1B9B"/>
     <w:rsid w:val="00DE59CE"/>
     <w:rsid w:val="00DF0BAA"/>
+    <w:rsid w:val="00DF302B"/>
     <w:rsid w:val="00DF7716"/>
+    <w:rsid w:val="00E0491F"/>
+    <w:rsid w:val="00E049E8"/>
     <w:rsid w:val="00E07B25"/>
     <w:rsid w:val="00E07C93"/>
     <w:rsid w:val="00E14E7C"/>
+    <w:rsid w:val="00E17A7C"/>
     <w:rsid w:val="00E228A5"/>
     <w:rsid w:val="00E22C16"/>
     <w:rsid w:val="00E27068"/>
     <w:rsid w:val="00E30D5E"/>
     <w:rsid w:val="00E31EC2"/>
     <w:rsid w:val="00E32F30"/>
     <w:rsid w:val="00E3309C"/>
+    <w:rsid w:val="00E34CDC"/>
     <w:rsid w:val="00E35E9E"/>
+    <w:rsid w:val="00E40BDA"/>
     <w:rsid w:val="00E4141F"/>
     <w:rsid w:val="00E418A4"/>
+    <w:rsid w:val="00E418F8"/>
     <w:rsid w:val="00E427B2"/>
     <w:rsid w:val="00E434A5"/>
     <w:rsid w:val="00E473B3"/>
     <w:rsid w:val="00E47943"/>
+    <w:rsid w:val="00E504DB"/>
     <w:rsid w:val="00E508D4"/>
     <w:rsid w:val="00E51D19"/>
     <w:rsid w:val="00E55E91"/>
     <w:rsid w:val="00E562F8"/>
     <w:rsid w:val="00E618D4"/>
     <w:rsid w:val="00E62B8E"/>
+    <w:rsid w:val="00E72914"/>
     <w:rsid w:val="00E73E9D"/>
     <w:rsid w:val="00E764A9"/>
     <w:rsid w:val="00E777A4"/>
     <w:rsid w:val="00E806C8"/>
     <w:rsid w:val="00E819C1"/>
+    <w:rsid w:val="00E83B28"/>
     <w:rsid w:val="00E85FF7"/>
+    <w:rsid w:val="00E8721E"/>
     <w:rsid w:val="00E90FBF"/>
     <w:rsid w:val="00E93366"/>
+    <w:rsid w:val="00E975C6"/>
+    <w:rsid w:val="00EA0B2A"/>
+    <w:rsid w:val="00EB031A"/>
     <w:rsid w:val="00EB21ED"/>
+    <w:rsid w:val="00EB2772"/>
     <w:rsid w:val="00EB3E4D"/>
+    <w:rsid w:val="00EC0882"/>
     <w:rsid w:val="00EC268D"/>
     <w:rsid w:val="00EC4E42"/>
+    <w:rsid w:val="00ED17B3"/>
     <w:rsid w:val="00ED2536"/>
     <w:rsid w:val="00ED439C"/>
+    <w:rsid w:val="00ED50E5"/>
+    <w:rsid w:val="00ED53E7"/>
+    <w:rsid w:val="00ED5671"/>
     <w:rsid w:val="00EE3038"/>
     <w:rsid w:val="00EE3C14"/>
+    <w:rsid w:val="00EE3DB9"/>
     <w:rsid w:val="00EE65E0"/>
+    <w:rsid w:val="00EF35B5"/>
     <w:rsid w:val="00EF3F57"/>
     <w:rsid w:val="00EF6277"/>
+    <w:rsid w:val="00EF7CE0"/>
     <w:rsid w:val="00F02296"/>
+    <w:rsid w:val="00F05165"/>
     <w:rsid w:val="00F06DC1"/>
     <w:rsid w:val="00F1066C"/>
     <w:rsid w:val="00F11E75"/>
+    <w:rsid w:val="00F15BAC"/>
+    <w:rsid w:val="00F163F4"/>
     <w:rsid w:val="00F1796E"/>
     <w:rsid w:val="00F21A0B"/>
     <w:rsid w:val="00F26ABE"/>
     <w:rsid w:val="00F32064"/>
     <w:rsid w:val="00F35BF7"/>
     <w:rsid w:val="00F40E86"/>
     <w:rsid w:val="00F57166"/>
     <w:rsid w:val="00F60498"/>
+    <w:rsid w:val="00F62DB4"/>
     <w:rsid w:val="00F64EB4"/>
+    <w:rsid w:val="00F67B29"/>
     <w:rsid w:val="00F71D4C"/>
+    <w:rsid w:val="00F72033"/>
+    <w:rsid w:val="00F72C97"/>
     <w:rsid w:val="00F74B50"/>
+    <w:rsid w:val="00F75D26"/>
     <w:rsid w:val="00F803E9"/>
     <w:rsid w:val="00F81839"/>
     <w:rsid w:val="00F82A13"/>
+    <w:rsid w:val="00F8596B"/>
+    <w:rsid w:val="00F91C23"/>
     <w:rsid w:val="00F93DCE"/>
     <w:rsid w:val="00F940D4"/>
     <w:rsid w:val="00F9437B"/>
     <w:rsid w:val="00F94A3E"/>
     <w:rsid w:val="00F952F3"/>
     <w:rsid w:val="00FA031A"/>
+    <w:rsid w:val="00FA0958"/>
+    <w:rsid w:val="00FA1EC4"/>
+    <w:rsid w:val="00FA2841"/>
+    <w:rsid w:val="00FA4CB1"/>
     <w:rsid w:val="00FA6EA9"/>
     <w:rsid w:val="00FA77E6"/>
     <w:rsid w:val="00FB044D"/>
     <w:rsid w:val="00FB1E97"/>
+    <w:rsid w:val="00FB3B64"/>
+    <w:rsid w:val="00FB51FE"/>
     <w:rsid w:val="00FB72BD"/>
     <w:rsid w:val="00FC3988"/>
+    <w:rsid w:val="00FC4C3C"/>
+    <w:rsid w:val="00FC6B23"/>
+    <w:rsid w:val="00FC7D17"/>
     <w:rsid w:val="00FD0205"/>
     <w:rsid w:val="00FD04FD"/>
+    <w:rsid w:val="00FD0B20"/>
+    <w:rsid w:val="00FE1497"/>
     <w:rsid w:val="00FE21FE"/>
+    <w:rsid w:val="00FE77DC"/>
+    <w:rsid w:val="00FF05D8"/>
     <w:rsid w:val="00FF200D"/>
+    <w:rsid w:val="00FF3561"/>
     <w:rsid w:val="00FF4D53"/>
     <w:rsid w:val="00FF7496"/>
+    <w:rsid w:val="01214177"/>
+    <w:rsid w:val="0208D891"/>
+    <w:rsid w:val="0229E2D8"/>
+    <w:rsid w:val="0251DFE9"/>
+    <w:rsid w:val="02BF2545"/>
+    <w:rsid w:val="03B5FA8F"/>
+    <w:rsid w:val="03CBA100"/>
+    <w:rsid w:val="0794BEF8"/>
+    <w:rsid w:val="07CC5FBD"/>
+    <w:rsid w:val="0883EFE0"/>
+    <w:rsid w:val="099BC462"/>
+    <w:rsid w:val="0B35AC66"/>
     <w:rsid w:val="0B973984"/>
+    <w:rsid w:val="0EB0795A"/>
+    <w:rsid w:val="0F01538B"/>
+    <w:rsid w:val="0F996654"/>
+    <w:rsid w:val="0FC1024B"/>
     <w:rsid w:val="0FEE0017"/>
+    <w:rsid w:val="105B4D72"/>
+    <w:rsid w:val="117E7A82"/>
+    <w:rsid w:val="11CB823D"/>
+    <w:rsid w:val="125324AF"/>
+    <w:rsid w:val="1340AA10"/>
     <w:rsid w:val="153C9D50"/>
+    <w:rsid w:val="178ECF98"/>
+    <w:rsid w:val="17E8847C"/>
+    <w:rsid w:val="1938A7DE"/>
+    <w:rsid w:val="1A333EAF"/>
+    <w:rsid w:val="1B1DE679"/>
+    <w:rsid w:val="1BF6E9A4"/>
+    <w:rsid w:val="1C8B7342"/>
+    <w:rsid w:val="1D4B0C5F"/>
     <w:rsid w:val="1D511B35"/>
     <w:rsid w:val="1DA083CA"/>
+    <w:rsid w:val="1F92F97B"/>
+    <w:rsid w:val="1FBC05EA"/>
     <w:rsid w:val="20E84752"/>
+    <w:rsid w:val="218C0FE9"/>
+    <w:rsid w:val="233B4DFA"/>
+    <w:rsid w:val="23B03475"/>
+    <w:rsid w:val="25594367"/>
+    <w:rsid w:val="25F00649"/>
+    <w:rsid w:val="260A00C3"/>
+    <w:rsid w:val="26372F95"/>
+    <w:rsid w:val="26C62ADE"/>
+    <w:rsid w:val="280080A6"/>
     <w:rsid w:val="29CDAB18"/>
+    <w:rsid w:val="2B48D9F4"/>
+    <w:rsid w:val="2B5C9ADE"/>
     <w:rsid w:val="2DFE1196"/>
+    <w:rsid w:val="2E7086C6"/>
+    <w:rsid w:val="2F64EC14"/>
     <w:rsid w:val="30C97F63"/>
+    <w:rsid w:val="31B82C51"/>
+    <w:rsid w:val="3226AD51"/>
+    <w:rsid w:val="3273070E"/>
+    <w:rsid w:val="35317E0C"/>
+    <w:rsid w:val="353D51B7"/>
+    <w:rsid w:val="36160B48"/>
+    <w:rsid w:val="365E0F75"/>
     <w:rsid w:val="369305C3"/>
+    <w:rsid w:val="3896962D"/>
+    <w:rsid w:val="391C7AF9"/>
+    <w:rsid w:val="3A03B891"/>
+    <w:rsid w:val="3BB55661"/>
     <w:rsid w:val="3BCC8EF9"/>
+    <w:rsid w:val="3D4EE486"/>
+    <w:rsid w:val="3E4DD2A9"/>
+    <w:rsid w:val="3E571984"/>
+    <w:rsid w:val="40267221"/>
+    <w:rsid w:val="404FFE74"/>
+    <w:rsid w:val="40EEEEFB"/>
     <w:rsid w:val="416F2154"/>
+    <w:rsid w:val="417FF002"/>
+    <w:rsid w:val="41E9E032"/>
+    <w:rsid w:val="41EAA19F"/>
+    <w:rsid w:val="435C126A"/>
+    <w:rsid w:val="43974965"/>
+    <w:rsid w:val="43F50B38"/>
+    <w:rsid w:val="4572AF2F"/>
+    <w:rsid w:val="47BC6680"/>
+    <w:rsid w:val="48201407"/>
+    <w:rsid w:val="48317BC0"/>
+    <w:rsid w:val="48F5C6A4"/>
+    <w:rsid w:val="4915E6A5"/>
+    <w:rsid w:val="4A2EFEA7"/>
+    <w:rsid w:val="4A8FAA9A"/>
+    <w:rsid w:val="4A999850"/>
+    <w:rsid w:val="4B01A934"/>
+    <w:rsid w:val="4CB70B99"/>
+    <w:rsid w:val="4CC12DF7"/>
     <w:rsid w:val="4CEBD493"/>
+    <w:rsid w:val="4D172B02"/>
+    <w:rsid w:val="4E486E94"/>
+    <w:rsid w:val="4E8AD8C6"/>
     <w:rsid w:val="5187FFC8"/>
+    <w:rsid w:val="52192A84"/>
+    <w:rsid w:val="527419C1"/>
+    <w:rsid w:val="533017B0"/>
+    <w:rsid w:val="535DE810"/>
+    <w:rsid w:val="5401EC99"/>
+    <w:rsid w:val="5467BC54"/>
+    <w:rsid w:val="54DC64DB"/>
+    <w:rsid w:val="56711F1E"/>
     <w:rsid w:val="56AB8D65"/>
+    <w:rsid w:val="583EBD93"/>
+    <w:rsid w:val="58A7C9F7"/>
+    <w:rsid w:val="595CE97A"/>
     <w:rsid w:val="5A27CA05"/>
+    <w:rsid w:val="5B1FB5A7"/>
     <w:rsid w:val="5B3B695A"/>
+    <w:rsid w:val="5BE635F5"/>
+    <w:rsid w:val="5C7B1AB7"/>
     <w:rsid w:val="5CFE4E82"/>
+    <w:rsid w:val="5D483C9A"/>
+    <w:rsid w:val="5DF91917"/>
+    <w:rsid w:val="5F393365"/>
+    <w:rsid w:val="5F5607C2"/>
+    <w:rsid w:val="5F8AE14B"/>
+    <w:rsid w:val="631B3DB7"/>
+    <w:rsid w:val="633CE0E3"/>
+    <w:rsid w:val="643CC0B9"/>
+    <w:rsid w:val="6471EF91"/>
     <w:rsid w:val="661C28DC"/>
+    <w:rsid w:val="667FBCCC"/>
+    <w:rsid w:val="672AE2FD"/>
+    <w:rsid w:val="675423BF"/>
+    <w:rsid w:val="67E0A4ED"/>
     <w:rsid w:val="6825C662"/>
     <w:rsid w:val="69266775"/>
+    <w:rsid w:val="69819B98"/>
+    <w:rsid w:val="6A074697"/>
+    <w:rsid w:val="6ABAE6B3"/>
+    <w:rsid w:val="6B6B8EBC"/>
+    <w:rsid w:val="6BDC7362"/>
     <w:rsid w:val="6C0117DB"/>
+    <w:rsid w:val="6C827D14"/>
+    <w:rsid w:val="6D51598A"/>
+    <w:rsid w:val="6D566CA6"/>
+    <w:rsid w:val="6DFA2976"/>
+    <w:rsid w:val="70756E86"/>
+    <w:rsid w:val="70BAAEE8"/>
+    <w:rsid w:val="718BABD7"/>
+    <w:rsid w:val="7253211C"/>
+    <w:rsid w:val="729966EF"/>
+    <w:rsid w:val="72E1A99A"/>
+    <w:rsid w:val="742A69F3"/>
     <w:rsid w:val="760F7EE6"/>
+    <w:rsid w:val="7863C5C5"/>
+    <w:rsid w:val="7A228480"/>
+    <w:rsid w:val="7AEA8D5C"/>
+    <w:rsid w:val="7AF70E75"/>
+    <w:rsid w:val="7AF827D3"/>
+    <w:rsid w:val="7BBCED25"/>
+    <w:rsid w:val="7DDEB7BB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN"/>
+  <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="1763EE67"/>
-  <w15:docId w15:val="{DD4C34C4-D563-4D52-BA45-7D78799CE3FE}"/>
+  <w15:docId w15:val="{3B3F4712-35AD-4C57-A91A-A2392D68092A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -12890,51 +19483,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008C5E3F"/>
+    <w:rsid w:val="004F7EF6"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
       <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00146C9C"/>
     <w:pPr>
       <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
@@ -13338,55 +19931,66 @@
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BC38F4"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="000F7CEF"/>
     <w:rPr>
       <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
       <w:color w:val="262626" w:themeColor="text1" w:themeTint="D9"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mention">
+    <w:name w:val="Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="005157E1"/>
+    <w:rPr>
+      <w:color w:val="2B579A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="388648935">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="601304975">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13409,768 +20013,124 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1360624884">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1362511476">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1455832508">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1574198825">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2035031271">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datarequests@aoanjrr.org.au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId20" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aoanjrr.sahmri.com/member-use-of-aoanjrr-data" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aoanjrr.sahmri.com/documents/10180/102632/AOANJRR+Data+Publication+and+Authorship/fed43b60-edea-7026-8286-b57f341d3bab" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aoanjrr.sahmri.com/documents/10180/102632/MEM002+Member+Use+of+AOANJRR+Data+Policy_October+2023.pdf/ce098f6d-ad54-dda0-de0c-8dbf947693f1?t=1696821862039" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aoanjrr.sahmri.com/member-use-of-aoanjrr-data" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:datarequests@aoanjrr.org.au" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.microsoft.com/office/2020/10/relationships/intelligence" Target="intelligence2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
-    <w:docPart>
-[...694 lines deleted...]
-    </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="C707B6CA9D0A43BE9BA7794F70682856"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{801DDE87-1F51-46D7-B5CD-2474C0872063}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00F94165" w:rsidRDefault="00DB46D0" w:rsidP="00DB46D0">
           <w:pPr>
             <w:pStyle w:val="C707B6CA9D0A43BE9BA7794F70682856"/>
           </w:pPr>
           <w:r w:rsidRPr="00692A90">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
@@ -14262,137 +20222,50 @@
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="97B73F8984CF408694BFDAC196AAE79F"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2BD305F0-EAB4-410B-95C7-B7C7AFFD8B4B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00240935" w:rsidRDefault="00EA0B2A" w:rsidP="00EA0B2A">
           <w:pPr>
             <w:pStyle w:val="97B73F8984CF408694BFDAC196AAE79F"/>
-          </w:pPr>
-[...85 lines deleted...]
-            <w:pStyle w:val="04DA99E7C1424E06B08F7EE3A27AEAC8"/>
           </w:pPr>
           <w:r w:rsidRPr="00692A90">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="6A148078CC8C46ED95C186B198E54D3C"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{087F3162-AF61-4832-8791-4AED3535DA68}"/>
       </w:docPartPr>
@@ -14535,112 +20408,1301 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{62CC3072-7108-43F6-8619-4272CEEEDE42}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="0033780B" w:rsidRDefault="00240935" w:rsidP="00240935">
           <w:pPr>
             <w:pStyle w:val="91B2CFD8B91E4D58B574E0BA5A848E1A"/>
           </w:pPr>
           <w:r w:rsidRPr="00692A90">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="0F537CC0D48C4C209FFF60AB7F7F0CC3"/>
+        <w:name w:val="DAFBC9628B3A4A0B8586C7D592AF150A"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{3583B254-3553-4F73-9D83-508666162348}"/>
+        <w:guid w:val="{F0A4B96E-F8A4-4034-9758-CC1F1168E815}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0033780B" w:rsidRDefault="00240935" w:rsidP="00240935">
+        <w:p w:rsidR="00BE0E01" w:rsidRDefault="00656B51" w:rsidP="00656B51">
           <w:pPr>
-            <w:pStyle w:val="0F537CC0D48C4C209FFF60AB7F7F0CC3"/>
+            <w:pStyle w:val="DAFBC9628B3A4A0B8586C7D592AF150A"/>
           </w:pPr>
           <w:r w:rsidRPr="00692A90">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="8E2033E6D0D84DBF9D2A64339022BD2B"/>
+        <w:name w:val="5F19FFA02EE04304ADBDB6AC985445A0"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{48E96C66-4BDE-4698-A678-B561D335FE6B}"/>
+        <w:guid w:val="{FB527C06-4B44-467A-87C5-47A2AAD3F409}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00102740" w:rsidRDefault="001C7997" w:rsidP="001C7997">
+        <w:p w:rsidR="00BE0E01" w:rsidRDefault="00656B51" w:rsidP="00656B51">
           <w:pPr>
-            <w:pStyle w:val="8E2033E6D0D84DBF9D2A64339022BD2B"/>
+            <w:pStyle w:val="5F19FFA02EE04304ADBDB6AC985445A0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="F29C3A3DC90A48FE9270DED5509B6792"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E7BA6554-02CC-41F6-A052-6FA02258025C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE0E01" w:rsidRDefault="00656B51" w:rsidP="00656B51">
+          <w:pPr>
+            <w:pStyle w:val="F29C3A3DC90A48FE9270DED5509B6792"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0BAD0D7F4BCF46F592C4EFDD7DAE899A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{F5499CE6-44D4-4075-A0DC-EEE53B58862B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE0E01" w:rsidRDefault="00656B51" w:rsidP="00656B51">
+          <w:pPr>
+            <w:pStyle w:val="0BAD0D7F4BCF46F592C4EFDD7DAE899A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D9F3ADA694B343219018ED9496C93F8B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7996C14D-E854-40CD-81A4-8BF6B56992F4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE0E01" w:rsidRDefault="00656B51" w:rsidP="00656B51">
+          <w:pPr>
+            <w:pStyle w:val="D9F3ADA694B343219018ED9496C93F8B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A69C50628F98400582A0214507BE629A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CDE96633-35BD-44E6-9E33-AE2417224662}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE0E01" w:rsidRDefault="00656B51" w:rsidP="00656B51">
+          <w:pPr>
+            <w:pStyle w:val="A69C50628F98400582A0214507BE629A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="A7284A7092454DF2BC4E819ECF428E8C"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AC926920-4ACE-49D3-8CF9-D362C592F34C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE0E01" w:rsidRDefault="00656B51" w:rsidP="00656B51">
+          <w:pPr>
+            <w:pStyle w:val="A7284A7092454DF2BC4E819ECF428E8C"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="58B7D991E3EB4DC89645AEC156B83958"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{306BAB1A-4A2A-49C9-A335-4620404B954A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE0E01" w:rsidRDefault="00656B51" w:rsidP="00656B51">
+          <w:pPr>
+            <w:pStyle w:val="58B7D991E3EB4DC89645AEC156B83958"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BDA678901DFB48C8B2012F3D66E284D0"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0397555B-B9C6-486D-B3D6-D16F9CC4B67F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE0E01" w:rsidRDefault="00656B51" w:rsidP="00656B51">
+          <w:pPr>
+            <w:pStyle w:val="BDA678901DFB48C8B2012F3D66E284D0"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="14FF3624BA3C4E64827679CBF0E4D99A"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{215E114D-B30C-4E8F-A519-B25076BE06B4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE0E01" w:rsidRDefault="00656B51" w:rsidP="00656B51">
+          <w:pPr>
+            <w:pStyle w:val="14FF3624BA3C4E64827679CBF0E4D99A"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1204AB4ABFE54EAC8912F2B89C6A0913"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{617B3D51-B6DB-472A-8077-F5EE64E367C2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE0E01" w:rsidRDefault="00656B51" w:rsidP="00656B51">
+          <w:pPr>
+            <w:pStyle w:val="1204AB4ABFE54EAC8912F2B89C6A0913"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3A22F30557224F83855A01D1FE23F743"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3052860B-2AE1-4E2D-A296-1BDEC2AC14B5}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE0E01" w:rsidRDefault="00656B51" w:rsidP="00656B51">
+          <w:pPr>
+            <w:pStyle w:val="3A22F30557224F83855A01D1FE23F743"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="7928E242298240C093FA9EA565CFDF04"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{444A2EFC-E6F6-4D4F-A296-406F48F7CF01}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00BE0E01" w:rsidRDefault="00656B51" w:rsidP="00656B51">
+          <w:pPr>
+            <w:pStyle w:val="7928E242298240C093FA9EA565CFDF04"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6993E41FE6364569BA6DD20FBB6770F8"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{87ECB64C-8686-4393-816E-BE52D380CD0A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00740014" w:rsidRDefault="004A1ACA" w:rsidP="004A1ACA">
+          <w:pPr>
+            <w:pStyle w:val="6993E41FE6364569BA6DD20FBB6770F8"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="589D101E364C4A4884B913DED9D051A9"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{863FD2A0-9040-442F-A29C-A7948AF45A3B}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00740014" w:rsidRDefault="004A1ACA" w:rsidP="004A1ACA">
+          <w:pPr>
+            <w:pStyle w:val="589D101E364C4A4884B913DED9D051A9"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="80C407770EA84C29835062298F3FCC7B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6E7B3191-D464-40F1-95FD-17C06C86C0CD}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00740014" w:rsidRDefault="004A1ACA" w:rsidP="004A1ACA">
+          <w:pPr>
+            <w:pStyle w:val="80C407770EA84C29835062298F3FCC7B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4195F9DA3E4D4EE3BB7621BCA07B2C43"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1D2A33B8-ED15-41A9-A577-1C48D16EE3EA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00740014" w:rsidRDefault="004A1ACA" w:rsidP="004A1ACA">
+          <w:pPr>
+            <w:pStyle w:val="4195F9DA3E4D4EE3BB7621BCA07B2C43"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="82F6D4FD7BCC4650B6305A52CB298B04"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{D5B97191-81C8-494D-B227-AFB5CBEF7021}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00740014" w:rsidRDefault="004A1ACA" w:rsidP="004A1ACA">
+          <w:pPr>
+            <w:pStyle w:val="82F6D4FD7BCC4650B6305A52CB298B04"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1FE036E21280455B8643F2C60C2F0F51"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{3ABD2A68-4643-43BF-AA91-92F2E8C8E026}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00740014" w:rsidRDefault="004A1ACA" w:rsidP="004A1ACA">
+          <w:pPr>
+            <w:pStyle w:val="1FE036E21280455B8643F2C60C2F0F51"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5790B90B214C4C0DAC1A8E7E158ABEF1"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{248684F8-00D8-4E4E-B1E2-57490E423C32}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00740014" w:rsidRDefault="004A1ACA" w:rsidP="004A1ACA">
+          <w:pPr>
+            <w:pStyle w:val="5790B90B214C4C0DAC1A8E7E158ABEF1"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="382CE64795A34F508F7CCF971D5A17B6"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5086158E-4F39-429E-9066-480C174D172F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="006909D9" w:rsidRDefault="00A540B4" w:rsidP="00A540B4">
+          <w:pPr>
+            <w:pStyle w:val="382CE64795A34F508F7CCF971D5A17B6"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D16B5C0468144514B32110884451FDAD"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{81D6EE5C-EA04-431F-AF37-383FF10EBAF1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="006909D9" w:rsidRDefault="00A540B4" w:rsidP="00A540B4">
+          <w:pPr>
+            <w:pStyle w:val="D16B5C0468144514B32110884451FDAD"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8B1A570EBFAF407B9565C2A560BD35EE"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{74BDFD93-B69F-4E61-8160-D49B57E884D2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="006909D9" w:rsidRDefault="00A540B4" w:rsidP="00A540B4">
+          <w:pPr>
+            <w:pStyle w:val="8B1A570EBFAF407B9565C2A560BD35EE"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CBBF7B9593E94E8AB060FB8CCDE17756"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{8CBF31A8-60F1-4EDA-9BD3-BDC4A9ECB049}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00773C47" w:rsidRDefault="00773C47" w:rsidP="00773C47">
+          <w:pPr>
+            <w:pStyle w:val="CBBF7B9593E94E8AB060FB8CCDE17756"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="678CC50680874216A4608394F7DF4F3F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{85066422-B154-4A49-B3EA-87AD6E851027}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00773C47" w:rsidRDefault="00773C47" w:rsidP="00773C47">
+          <w:pPr>
+            <w:pStyle w:val="678CC50680874216A4608394F7DF4F3F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="6847658A234349DCBD3D177C07D91164"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{AA755826-6C26-4383-B019-258DF2D16BD1}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00773C47" w:rsidRDefault="00773C47" w:rsidP="00773C47">
+          <w:pPr>
+            <w:pStyle w:val="6847658A234349DCBD3D177C07D91164"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="50C6A45997FB4F789BCD078F6DFCF224"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{DD2C2348-4137-4238-AAC8-C30AE19ABB08}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00773C47" w:rsidRDefault="00773C47" w:rsidP="00773C47">
+          <w:pPr>
+            <w:pStyle w:val="50C6A45997FB4F789BCD078F6DFCF224"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2490D8CBDF154565BE96650DC95210F7"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{975A74F5-2C33-4235-9FA7-ADD4758A522D}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00773C47" w:rsidRDefault="00773C47" w:rsidP="00773C47">
+          <w:pPr>
+            <w:pStyle w:val="2490D8CBDF154565BE96650DC95210F7"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="26577F523E4D467987742ADA68E53915"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{FDC09959-1540-4DAD-B9D9-C6A6A0AFBC34}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00FA27D9" w:rsidRDefault="00FA27D9" w:rsidP="00FA27D9">
+          <w:pPr>
+            <w:pStyle w:val="26577F523E4D467987742ADA68E53915"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="09FBA93197E14B70BFAF8253EB7D4A45"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5D7A4CA6-DFC0-4DFF-975F-BF97F6671479}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00373462" w:rsidRDefault="00373462" w:rsidP="00373462">
+          <w:pPr>
+            <w:pStyle w:val="09FBA93197E14B70BFAF8253EB7D4A45"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0B6D7007088A489F8807E05157206E9D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{572D6C15-C612-4680-AEC2-7ABEC60F562A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="004706FF" w:rsidRDefault="001A6576" w:rsidP="001A6576">
+          <w:pPr>
+            <w:pStyle w:val="0B6D7007088A489F8807E05157206E9D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="BB7074C17D56414FA9F497CBC5951990"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0E06C01B-1283-4F45-9597-0D5DF41F399E}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="008242CF" w:rsidRDefault="008242CF" w:rsidP="008242CF">
+          <w:pPr>
+            <w:pStyle w:val="BB7074C17D56414FA9F497CBC5951990"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="CAC6C84E77964A7399A5625BCD7084FC"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C873BC51-E3F9-457F-BA11-F13F38D3AD77}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0076001A" w:rsidRDefault="0076001A" w:rsidP="0076001A">
+          <w:pPr>
+            <w:pStyle w:val="CAC6C84E77964A7399A5625BCD7084FC"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="9F43BAEEE4224572887558FE4D8DBFE5"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E4B1A7DA-F3F9-4157-B328-016CC774C2F2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0076001A" w:rsidRDefault="0076001A" w:rsidP="0076001A">
+          <w:pPr>
+            <w:pStyle w:val="9F43BAEEE4224572887558FE4D8DBFE5"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="1AFA543383FB4BB2A42F111B4DE3B6C4"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{CFD67830-738A-4BA9-B901-8620DDC95972}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0076001A" w:rsidRDefault="0076001A" w:rsidP="0076001A">
+          <w:pPr>
+            <w:pStyle w:val="1AFA543383FB4BB2A42F111B4DE3B6C4"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="5572FD1D7E1B4C5B9B4472AA861C2E0F"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{ECB788D4-6E09-42C1-87AF-19A12BABA5C6}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0076001A" w:rsidRDefault="0076001A" w:rsidP="0076001A">
+          <w:pPr>
+            <w:pStyle w:val="5572FD1D7E1B4C5B9B4472AA861C2E0F"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="C02B53845A00473AAF7098CE70DA9170"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5F82F912-C38C-451E-89ED-B35D6B6F6C7F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0076001A" w:rsidRDefault="0076001A" w:rsidP="0076001A">
+          <w:pPr>
+            <w:pStyle w:val="C02B53845A00473AAF7098CE70DA9170"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2AEED5C7D4F642E08C1E7209BFDA155E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{0EE7FD9F-27EB-4924-A808-AC22C8BB6316}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0076001A" w:rsidRDefault="0076001A" w:rsidP="0076001A">
+          <w:pPr>
+            <w:pStyle w:val="2AEED5C7D4F642E08C1E7209BFDA155E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="17B3062BF6E748D697F67F658FDE4B5D"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{16BD7934-CA36-4D99-A093-265226D202F2}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="0076001A" w:rsidRDefault="0076001A" w:rsidP="0076001A">
+          <w:pPr>
+            <w:pStyle w:val="17B3062BF6E748D697F67F658FDE4B5D"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2BF5CF126A9C4462BDE747509E994675"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B3EEDB61-C424-402E-892D-F68DCEC52D63}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00620773" w:rsidRDefault="00620773" w:rsidP="00620773">
+          <w:pPr>
+            <w:pStyle w:val="2BF5CF126A9C4462BDE747509E994675"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FFCB4DBA216F4C07BE95066ECB0202A2"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{6C925A70-08D1-4311-A929-49B9E08BD6A3}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="001A1A18" w:rsidRDefault="001A1A18" w:rsidP="001A1A18">
+          <w:pPr>
+            <w:pStyle w:val="FFCB4DBA216F4C07BE95066ECB0202A2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="00920E8A6E374FF1A98A626101DF168B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5D869A5F-84F7-473C-928A-DF63F2949981}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003700BA" w:rsidRDefault="003700BA" w:rsidP="003700BA">
+          <w:pPr>
+            <w:pStyle w:val="00920E8A6E374FF1A98A626101DF168B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00692A90">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Click or tap here to enter text.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="8B4C9DB9B72E4028B96D9DCE25D4F808"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{124C2376-8E7F-4E00-AA2E-9675E7418E8A}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="003700BA" w:rsidRDefault="003700BA" w:rsidP="003700BA">
+          <w:pPr>
+            <w:pStyle w:val="8B4C9DB9B72E4028B96D9DCE25D4F808"/>
           </w:pPr>
           <w:r w:rsidRPr="00692A90">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Click or tap here to enter text.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
@@ -14658,165 +21720,263 @@
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Book Antiqua">
     <w:panose1 w:val="02040602050305030304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
+    <w:panose1 w:val="020B0300000000000000"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DB46D0"/>
+    <w:rsid w:val="000151BE"/>
+    <w:rsid w:val="00090F03"/>
+    <w:rsid w:val="000C190F"/>
+    <w:rsid w:val="000F614A"/>
     <w:rsid w:val="00102740"/>
+    <w:rsid w:val="00136DAC"/>
+    <w:rsid w:val="00161681"/>
+    <w:rsid w:val="00185A04"/>
     <w:rsid w:val="00196C15"/>
+    <w:rsid w:val="001A1A18"/>
+    <w:rsid w:val="001A6576"/>
+    <w:rsid w:val="001B638B"/>
     <w:rsid w:val="001C0CE5"/>
+    <w:rsid w:val="001C450E"/>
     <w:rsid w:val="001C7997"/>
+    <w:rsid w:val="001F6EDF"/>
+    <w:rsid w:val="001F7051"/>
+    <w:rsid w:val="002351F7"/>
     <w:rsid w:val="00237236"/>
     <w:rsid w:val="00240935"/>
     <w:rsid w:val="0025041F"/>
+    <w:rsid w:val="002641AB"/>
     <w:rsid w:val="00283B09"/>
+    <w:rsid w:val="00297B8F"/>
+    <w:rsid w:val="002B313E"/>
+    <w:rsid w:val="002F0CDB"/>
     <w:rsid w:val="0033780B"/>
+    <w:rsid w:val="003700BA"/>
+    <w:rsid w:val="00373462"/>
+    <w:rsid w:val="003A28A0"/>
+    <w:rsid w:val="003C0120"/>
     <w:rsid w:val="003D0EF8"/>
     <w:rsid w:val="00416EAA"/>
+    <w:rsid w:val="00423508"/>
+    <w:rsid w:val="0045079D"/>
+    <w:rsid w:val="004706FF"/>
+    <w:rsid w:val="004829B3"/>
+    <w:rsid w:val="004A1ACA"/>
+    <w:rsid w:val="004C2C0B"/>
+    <w:rsid w:val="004C5B17"/>
+    <w:rsid w:val="004D6170"/>
+    <w:rsid w:val="00561D73"/>
+    <w:rsid w:val="00577BCC"/>
     <w:rsid w:val="00590BFF"/>
+    <w:rsid w:val="0059705A"/>
+    <w:rsid w:val="005F49D7"/>
+    <w:rsid w:val="00606CCA"/>
+    <w:rsid w:val="00620773"/>
+    <w:rsid w:val="00627F77"/>
+    <w:rsid w:val="00650114"/>
+    <w:rsid w:val="00656B51"/>
+    <w:rsid w:val="00665AB1"/>
+    <w:rsid w:val="00686484"/>
+    <w:rsid w:val="006909D9"/>
+    <w:rsid w:val="0069589A"/>
     <w:rsid w:val="006B5971"/>
     <w:rsid w:val="006D7381"/>
+    <w:rsid w:val="00740014"/>
+    <w:rsid w:val="0074503F"/>
+    <w:rsid w:val="0076001A"/>
+    <w:rsid w:val="00773C47"/>
     <w:rsid w:val="007C70FA"/>
+    <w:rsid w:val="007E05EE"/>
+    <w:rsid w:val="007F25E0"/>
+    <w:rsid w:val="00813E01"/>
+    <w:rsid w:val="008242CF"/>
+    <w:rsid w:val="0083685B"/>
     <w:rsid w:val="00842871"/>
+    <w:rsid w:val="00850AE9"/>
+    <w:rsid w:val="008714AC"/>
+    <w:rsid w:val="009D2F21"/>
     <w:rsid w:val="009E03D2"/>
+    <w:rsid w:val="009E4473"/>
+    <w:rsid w:val="009E44F6"/>
+    <w:rsid w:val="00A14D49"/>
+    <w:rsid w:val="00A41F89"/>
+    <w:rsid w:val="00A540B4"/>
+    <w:rsid w:val="00A54E6C"/>
+    <w:rsid w:val="00A85779"/>
+    <w:rsid w:val="00AA7CCC"/>
+    <w:rsid w:val="00AC1A66"/>
+    <w:rsid w:val="00AC7FDC"/>
     <w:rsid w:val="00AD251B"/>
     <w:rsid w:val="00AD53F4"/>
+    <w:rsid w:val="00AE627C"/>
+    <w:rsid w:val="00AF0701"/>
+    <w:rsid w:val="00AF1CF4"/>
+    <w:rsid w:val="00AF5DCF"/>
+    <w:rsid w:val="00B33F29"/>
+    <w:rsid w:val="00B46A4B"/>
+    <w:rsid w:val="00B907B6"/>
+    <w:rsid w:val="00BA5644"/>
+    <w:rsid w:val="00BE0E01"/>
     <w:rsid w:val="00BE6903"/>
     <w:rsid w:val="00BF4C98"/>
+    <w:rsid w:val="00C44396"/>
+    <w:rsid w:val="00C56404"/>
     <w:rsid w:val="00C67CA0"/>
+    <w:rsid w:val="00C817F0"/>
+    <w:rsid w:val="00CA795A"/>
+    <w:rsid w:val="00CB5BBE"/>
+    <w:rsid w:val="00CE7F10"/>
+    <w:rsid w:val="00D01996"/>
+    <w:rsid w:val="00D530C0"/>
+    <w:rsid w:val="00D65580"/>
     <w:rsid w:val="00DB46D0"/>
+    <w:rsid w:val="00DC3935"/>
     <w:rsid w:val="00DD78B1"/>
     <w:rsid w:val="00EA0B2A"/>
+    <w:rsid w:val="00EC0882"/>
+    <w:rsid w:val="00EE3DB9"/>
+    <w:rsid w:val="00F233EC"/>
     <w:rsid w:val="00F906FF"/>
     <w:rsid w:val="00F94165"/>
+    <w:rsid w:val="00FA27D9"/>
+    <w:rsid w:val="00FB51FE"/>
     <w:rsid w:val="00FB577E"/>
+    <w:rsid w:val="00FD6473"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-AU"/>
+  <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15202,268 +22362,1928 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001C7997"/>
+    <w:rsid w:val="003700BA"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
-  </w:style>
-[...122 lines deleted...]
-    <w:rsid w:val="00DB46D0"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C707B6CA9D0A43BE9BA7794F70682856">
     <w:name w:val="C707B6CA9D0A43BE9BA7794F70682856"/>
     <w:rsid w:val="00DB46D0"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="970DE83EE94A469BA2DE3E3F52E40401">
     <w:name w:val="970DE83EE94A469BA2DE3E3F52E40401"/>
     <w:rsid w:val="00DB46D0"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="31A5D92C90214CE197A85424D2C6F7CB">
     <w:name w:val="31A5D92C90214CE197A85424D2C6F7CB"/>
     <w:rsid w:val="00DB46D0"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="5454FB7FDEEF4DF6ADA16CB9DEBEF2C9">
     <w:name w:val="5454FB7FDEEF4DF6ADA16CB9DEBEF2C9"/>
     <w:rsid w:val="00DB46D0"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="53055FA8705748C5903DDE6CBC648433">
-[...6 lines deleted...]
-  </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="97B73F8984CF408694BFDAC196AAE79F">
     <w:name w:val="97B73F8984CF408694BFDAC196AAE79F"/>
     <w:rsid w:val="00EA0B2A"/>
-  </w:style>
-[...10 lines deleted...]
-    <w:rsid w:val="00240935"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="6A148078CC8C46ED95C186B198E54D3C">
     <w:name w:val="6A148078CC8C46ED95C186B198E54D3C"/>
     <w:rsid w:val="00240935"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BD47878735224F09922AE2A7B6B2B7AF">
     <w:name w:val="BD47878735224F09922AE2A7B6B2B7AF"/>
     <w:rsid w:val="00240935"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="50F82C8519794CB2996EF43702A1BD1A">
     <w:name w:val="50F82C8519794CB2996EF43702A1BD1A"/>
     <w:rsid w:val="00240935"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="84E466A8B48F43EDA542ECD4D5D1CD4A">
     <w:name w:val="84E466A8B48F43EDA542ECD4D5D1CD4A"/>
     <w:rsid w:val="00240935"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="9537413797A14F199050B295356AD71D">
     <w:name w:val="9537413797A14F199050B295356AD71D"/>
     <w:rsid w:val="00240935"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="91B2CFD8B91E4D58B574E0BA5A848E1A">
     <w:name w:val="91B2CFD8B91E4D58B574E0BA5A848E1A"/>
     <w:rsid w:val="00240935"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="0F537CC0D48C4C209FFF60AB7F7F0CC3">
     <w:name w:val="0F537CC0D48C4C209FFF60AB7F7F0CC3"/>
     <w:rsid w:val="00240935"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8E2033E6D0D84DBF9D2A64339022BD2B">
-[...1 lines deleted...]
-    <w:rsid w:val="001C7997"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F434AD311E6E411190FF8397BD65EB69">
+    <w:name w:val="F434AD311E6E411190FF8397BD65EB69"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="84143F4B62854CABB62DDD1109B44625">
-[...1 lines deleted...]
-    <w:rsid w:val="001C7997"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6DF13E7E47A440ECB7DE49BA5C9CAAD5">
+    <w:name w:val="6DF13E7E47A440ECB7DE49BA5C9CAAD5"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
     <w:rPr>
       <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A421E77337E2416781CA24BF0C63603F">
+    <w:name w:val="A421E77337E2416781CA24BF0C63603F"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DAFBC9628B3A4A0B8586C7D592AF150A">
+    <w:name w:val="DAFBC9628B3A4A0B8586C7D592AF150A"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5F19FFA02EE04304ADBDB6AC985445A0">
+    <w:name w:val="5F19FFA02EE04304ADBDB6AC985445A0"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F29C3A3DC90A48FE9270DED5509B6792">
+    <w:name w:val="F29C3A3DC90A48FE9270DED5509B6792"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BAD0D7F4BCF46F592C4EFDD7DAE899A">
+    <w:name w:val="0BAD0D7F4BCF46F592C4EFDD7DAE899A"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D9F3ADA694B343219018ED9496C93F8B">
+    <w:name w:val="D9F3ADA694B343219018ED9496C93F8B"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A69C50628F98400582A0214507BE629A">
+    <w:name w:val="A69C50628F98400582A0214507BE629A"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A7284A7092454DF2BC4E819ECF428E8C">
+    <w:name w:val="A7284A7092454DF2BC4E819ECF428E8C"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="58B7D991E3EB4DC89645AEC156B83958">
+    <w:name w:val="58B7D991E3EB4DC89645AEC156B83958"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BDA678901DFB48C8B2012F3D66E284D0">
+    <w:name w:val="BDA678901DFB48C8B2012F3D66E284D0"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14FF3624BA3C4E64827679CBF0E4D99A">
+    <w:name w:val="14FF3624BA3C4E64827679CBF0E4D99A"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1204AB4ABFE54EAC8912F2B89C6A0913">
+    <w:name w:val="1204AB4ABFE54EAC8912F2B89C6A0913"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3A22F30557224F83855A01D1FE23F743">
+    <w:name w:val="3A22F30557224F83855A01D1FE23F743"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7928E242298240C093FA9EA565CFDF04">
+    <w:name w:val="7928E242298240C093FA9EA565CFDF04"/>
+    <w:rsid w:val="00656B51"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="185F5EA44A264000B80F1EF0DD2E1B5B">
+    <w:name w:val="185F5EA44A264000B80F1EF0DD2E1B5B"/>
+    <w:rsid w:val="00BE0E01"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6993E41FE6364569BA6DD20FBB6770F8">
+    <w:name w:val="6993E41FE6364569BA6DD20FBB6770F8"/>
+    <w:rsid w:val="004A1ACA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E2B0C48618BE4FE0A9722462B46E19F8">
+    <w:name w:val="E2B0C48618BE4FE0A9722462B46E19F8"/>
+    <w:rsid w:val="004A1ACA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EFDB1B1BD2494E259879B0FF174710F0">
+    <w:name w:val="EFDB1B1BD2494E259879B0FF174710F0"/>
+    <w:rsid w:val="004A1ACA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="589D101E364C4A4884B913DED9D051A9">
+    <w:name w:val="589D101E364C4A4884B913DED9D051A9"/>
+    <w:rsid w:val="004A1ACA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80C407770EA84C29835062298F3FCC7B">
+    <w:name w:val="80C407770EA84C29835062298F3FCC7B"/>
+    <w:rsid w:val="004A1ACA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4195F9DA3E4D4EE3BB7621BCA07B2C43">
+    <w:name w:val="4195F9DA3E4D4EE3BB7621BCA07B2C43"/>
+    <w:rsid w:val="004A1ACA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="82F6D4FD7BCC4650B6305A52CB298B04">
+    <w:name w:val="82F6D4FD7BCC4650B6305A52CB298B04"/>
+    <w:rsid w:val="004A1ACA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1FE036E21280455B8643F2C60C2F0F51">
+    <w:name w:val="1FE036E21280455B8643F2C60C2F0F51"/>
+    <w:rsid w:val="004A1ACA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5790B90B214C4C0DAC1A8E7E158ABEF1">
+    <w:name w:val="5790B90B214C4C0DAC1A8E7E158ABEF1"/>
+    <w:rsid w:val="004A1ACA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CA8F2082B1A24A3C8E2D313CC0FC5261">
+    <w:name w:val="CA8F2082B1A24A3C8E2D313CC0FC5261"/>
+    <w:rsid w:val="00090F03"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3E1E117095A842CAA5C9D61079B9FE30">
+    <w:name w:val="3E1E117095A842CAA5C9D61079B9FE30"/>
+    <w:rsid w:val="00090F03"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BCAE7C77A41E43A7848FCE4A1B3ACA92">
+    <w:name w:val="BCAE7C77A41E43A7848FCE4A1B3ACA92"/>
+    <w:rsid w:val="00090F03"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="282D9B44A35A4B4B89145B916306EFEC">
+    <w:name w:val="282D9B44A35A4B4B89145B916306EFEC"/>
+    <w:rsid w:val="00090F03"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="87F0DD45AF1D4DD19C842DEE7110AFB2">
+    <w:name w:val="87F0DD45AF1D4DD19C842DEE7110AFB2"/>
+    <w:rsid w:val="00090F03"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="382CE64795A34F508F7CCF971D5A17B6">
+    <w:name w:val="382CE64795A34F508F7CCF971D5A17B6"/>
+    <w:rsid w:val="00A540B4"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D16B5C0468144514B32110884451FDAD">
+    <w:name w:val="D16B5C0468144514B32110884451FDAD"/>
+    <w:rsid w:val="00A540B4"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8B1A570EBFAF407B9565C2A560BD35EE">
+    <w:name w:val="8B1A570EBFAF407B9565C2A560BD35EE"/>
+    <w:rsid w:val="00A540B4"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5576A2B3005D47E9B57D277F24AC77A4">
+    <w:name w:val="5576A2B3005D47E9B57D277F24AC77A4"/>
+    <w:rsid w:val="00A540B4"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8906A67B5BBF4BB386F99D93F6948669">
+    <w:name w:val="8906A67B5BBF4BB386F99D93F6948669"/>
+    <w:rsid w:val="00A540B4"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EDC340F4FAB04F5FA2F8086311FF94C3">
+    <w:name w:val="EDC340F4FAB04F5FA2F8086311FF94C3"/>
+    <w:rsid w:val="002351F7"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="60FCF4A995DD4DB6A7CCD47EBEB3D813">
+    <w:name w:val="60FCF4A995DD4DB6A7CCD47EBEB3D813"/>
+    <w:rsid w:val="002351F7"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3181F165E89140ADB869D2B7659FA9EC">
+    <w:name w:val="3181F165E89140ADB869D2B7659FA9EC"/>
+    <w:rsid w:val="002351F7"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8CC283F663FA4164835A97462E5BF931">
+    <w:name w:val="8CC283F663FA4164835A97462E5BF931"/>
+    <w:rsid w:val="002351F7"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B982E6F2EA54F348B45D65BEDD64EFA">
+    <w:name w:val="5B982E6F2EA54F348B45D65BEDD64EFA"/>
+    <w:rsid w:val="002351F7"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D9FD46DEB1534F9CA90DF30F920E68C3">
+    <w:name w:val="D9FD46DEB1534F9CA90DF30F920E68C3"/>
+    <w:rsid w:val="002351F7"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ADE1FA3EAC864588B477E725C8C52EC4">
+    <w:name w:val="ADE1FA3EAC864588B477E725C8C52EC4"/>
+    <w:rsid w:val="002351F7"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4615581151F64BF481836386AAEA662E">
+    <w:name w:val="4615581151F64BF481836386AAEA662E"/>
+    <w:rsid w:val="002351F7"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6B15EB072C3D466089C6FE36DC31064C">
+    <w:name w:val="6B15EB072C3D466089C6FE36DC31064C"/>
+    <w:rsid w:val="002351F7"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8A02336122904247878E657403212294">
+    <w:name w:val="8A02336122904247878E657403212294"/>
+    <w:rsid w:val="002351F7"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D38347F752584F179DDDD6B41E4B5B21">
+    <w:name w:val="D38347F752584F179DDDD6B41E4B5B21"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="096AADE09A6B48C9988490BB1980C846">
+    <w:name w:val="096AADE09A6B48C9988490BB1980C846"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="289B1208FCF245F38C657914584EF26D">
+    <w:name w:val="289B1208FCF245F38C657914584EF26D"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2D39F19176AC4E81B8C827A4E934D074">
+    <w:name w:val="2D39F19176AC4E81B8C827A4E934D074"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3868C243D2F346CB9650FA8A4E243708">
+    <w:name w:val="3868C243D2F346CB9650FA8A4E243708"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6C209D2DF97E4F12876924BBDC1D9E64">
+    <w:name w:val="6C209D2DF97E4F12876924BBDC1D9E64"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1FA21DCC528B452C87CC473978746F26">
+    <w:name w:val="1FA21DCC528B452C87CC473978746F26"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7C6AA5D6FA86454D8E6893D4359F8A4D">
+    <w:name w:val="7C6AA5D6FA86454D8E6893D4359F8A4D"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5C7FC0512DB840A1A8902A53510CE942">
+    <w:name w:val="5C7FC0512DB840A1A8902A53510CE942"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="85718E45C523487584A0B37EFA6AF671">
+    <w:name w:val="85718E45C523487584A0B37EFA6AF671"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E511743013643318573FD85351511DD">
+    <w:name w:val="0E511743013643318573FD85351511DD"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="20D17012B03246529EAC275B01F9BB66">
+    <w:name w:val="20D17012B03246529EAC275B01F9BB66"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A88ECD91112B45FC892DAFD6152B4E5D">
+    <w:name w:val="A88ECD91112B45FC892DAFD6152B4E5D"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7338CEBF64FB4F2BB2B0536FEF92E708">
+    <w:name w:val="7338CEBF64FB4F2BB2B0536FEF92E708"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AFE1109767974F458424304B7A55B447">
+    <w:name w:val="AFE1109767974F458424304B7A55B447"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF77784237B541F18640A65A685C0C1C">
+    <w:name w:val="AF77784237B541F18640A65A685C0C1C"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C19D52E6F3724F51937B9A77945EABBC">
+    <w:name w:val="C19D52E6F3724F51937B9A77945EABBC"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E55F52C70A234A528395381742FA462F">
+    <w:name w:val="E55F52C70A234A528395381742FA462F"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6C6B3453444545E78F88D9D8BEC97CFC">
+    <w:name w:val="6C6B3453444545E78F88D9D8BEC97CFC"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="869F99BB2A1C4D51B7F93F7E1F777427">
+    <w:name w:val="869F99BB2A1C4D51B7F93F7E1F777427"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD7604A6C42E4EEE8683DCF3642279C3">
+    <w:name w:val="AD7604A6C42E4EEE8683DCF3642279C3"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="36EFB2D25BB9458A82BF51972B3A81B7">
+    <w:name w:val="36EFB2D25BB9458A82BF51972B3A81B7"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E9E5A69FCEC8469085DA591DD0603C97">
+    <w:name w:val="E9E5A69FCEC8469085DA591DD0603C97"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4252053115514FCF819D1C72F116638B">
+    <w:name w:val="4252053115514FCF819D1C72F116638B"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="245B9F25C1E14125B5335F536115357A">
+    <w:name w:val="245B9F25C1E14125B5335F536115357A"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="70BCF495A96F44FBA1F7FDADEE01F92B">
+    <w:name w:val="70BCF495A96F44FBA1F7FDADEE01F92B"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EB948F3B992B412C8FC9ACAA1EB65EE3">
+    <w:name w:val="EB948F3B992B412C8FC9ACAA1EB65EE3"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F2C7C07D5A1442448926755E6B1C143C">
+    <w:name w:val="F2C7C07D5A1442448926755E6B1C143C"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5F9FD9C55BAA40CDBE6D5881F0728270">
+    <w:name w:val="5F9FD9C55BAA40CDBE6D5881F0728270"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="308CDD1B760F4D84870C273C445A45B0">
+    <w:name w:val="308CDD1B760F4D84870C273C445A45B0"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="66520A3E6696432597EBCB7CDAB2B2E9">
+    <w:name w:val="66520A3E6696432597EBCB7CDAB2B2E9"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8A510D7FF79F49C08BB7D49E7E2DF0C9">
+    <w:name w:val="8A510D7FF79F49C08BB7D49E7E2DF0C9"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="89DDA48A26634623A972591E3AA948E1">
+    <w:name w:val="89DDA48A26634623A972591E3AA948E1"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D623F8CA78D54CCBA0B65C82D71FBDF3">
+    <w:name w:val="D623F8CA78D54CCBA0B65C82D71FBDF3"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A2D088F55C8041CDB9A23F7AF90732C1">
+    <w:name w:val="A2D088F55C8041CDB9A23F7AF90732C1"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AD85A336C8FB48F9883D4822A31A8FE3">
+    <w:name w:val="AD85A336C8FB48F9883D4822A31A8FE3"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CBBF7B9593E94E8AB060FB8CCDE17756">
+    <w:name w:val="CBBF7B9593E94E8AB060FB8CCDE17756"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="678CC50680874216A4608394F7DF4F3F">
+    <w:name w:val="678CC50680874216A4608394F7DF4F3F"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6847658A234349DCBD3D177C07D91164">
+    <w:name w:val="6847658A234349DCBD3D177C07D91164"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F4B7902E462545FEB849EA1D50C689B1">
+    <w:name w:val="F4B7902E462545FEB849EA1D50C689B1"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="50C6A45997FB4F789BCD078F6DFCF224">
+    <w:name w:val="50C6A45997FB4F789BCD078F6DFCF224"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2490D8CBDF154565BE96650DC95210F7">
+    <w:name w:val="2490D8CBDF154565BE96650DC95210F7"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FF010E924E1040849B657CB1400FFF65">
+    <w:name w:val="FF010E924E1040849B657CB1400FFF65"/>
+    <w:rsid w:val="00773C47"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="26577F523E4D467987742ADA68E53915">
+    <w:name w:val="26577F523E4D467987742ADA68E53915"/>
+    <w:rsid w:val="00FA27D9"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="268AC13DA82049D68C14E551CD4975B1">
+    <w:name w:val="268AC13DA82049D68C14E551CD4975B1"/>
+    <w:rsid w:val="00FA27D9"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="09FBA93197E14B70BFAF8253EB7D4A45">
+    <w:name w:val="09FBA93197E14B70BFAF8253EB7D4A45"/>
+    <w:rsid w:val="00373462"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0B6D7007088A489F8807E05157206E9D">
+    <w:name w:val="0B6D7007088A489F8807E05157206E9D"/>
+    <w:rsid w:val="001A6576"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0E1A6FB7060245979AFA503AE4BD8631">
+    <w:name w:val="0E1A6FB7060245979AFA503AE4BD8631"/>
+    <w:rsid w:val="001A6576"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3620D50AC1B5441F9D2128CB080D2422">
+    <w:name w:val="3620D50AC1B5441F9D2128CB080D2422"/>
+    <w:rsid w:val="001A6576"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3D5ED377F41A4036A0FB063F13312BB8">
+    <w:name w:val="3D5ED377F41A4036A0FB063F13312BB8"/>
+    <w:rsid w:val="001A6576"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C70224CA105944A08FBE77F17BA6DC4C">
+    <w:name w:val="C70224CA105944A08FBE77F17BA6DC4C"/>
+    <w:rsid w:val="001A6576"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7A40051A9D554C57ADB6641F85906ACA">
+    <w:name w:val="7A40051A9D554C57ADB6641F85906ACA"/>
+    <w:rsid w:val="001A6576"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="BB7074C17D56414FA9F497CBC5951990">
+    <w:name w:val="BB7074C17D56414FA9F497CBC5951990"/>
+    <w:rsid w:val="008242CF"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E3D43C05922F4C6DA1F72CF5F5FC0C04">
+    <w:name w:val="E3D43C05922F4C6DA1F72CF5F5FC0C04"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5059C5390F9D407B91B0BEC5B6D80862">
+    <w:name w:val="5059C5390F9D407B91B0BEC5B6D80862"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9C3A253429194CADB19D57838481E2CF">
+    <w:name w:val="9C3A253429194CADB19D57838481E2CF"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CAC6C84E77964A7399A5625BCD7084FC">
+    <w:name w:val="CAC6C84E77964A7399A5625BCD7084FC"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9F43BAEEE4224572887558FE4D8DBFE5">
+    <w:name w:val="9F43BAEEE4224572887558FE4D8DBFE5"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1AFA543383FB4BB2A42F111B4DE3B6C4">
+    <w:name w:val="1AFA543383FB4BB2A42F111B4DE3B6C4"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A291077E17774549A1D63775DCD23F17">
+    <w:name w:val="A291077E17774549A1D63775DCD23F17"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DD277C4649604CE993DA50D0CF944770">
+    <w:name w:val="DD277C4649604CE993DA50D0CF944770"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4E14C39B931645BEA87D5466E6DE0F66">
+    <w:name w:val="4E14C39B931645BEA87D5466E6DE0F66"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="CF16075AB66E4D85A67CBCC38035DFD1">
+    <w:name w:val="CF16075AB66E4D85A67CBCC38035DFD1"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5572FD1D7E1B4C5B9B4472AA861C2E0F">
+    <w:name w:val="5572FD1D7E1B4C5B9B4472AA861C2E0F"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="80DF349645D24FFA9502DB3B662958CB">
+    <w:name w:val="80DF349645D24FFA9502DB3B662958CB"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C02B53845A00473AAF7098CE70DA9170">
+    <w:name w:val="C02B53845A00473AAF7098CE70DA9170"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2AEED5C7D4F642E08C1E7209BFDA155E">
+    <w:name w:val="2AEED5C7D4F642E08C1E7209BFDA155E"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="16BC21F9DFEC4BFEA4A769D901C4DC50">
+    <w:name w:val="16BC21F9DFEC4BFEA4A769D901C4DC50"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="17B3062BF6E748D697F67F658FDE4B5D">
+    <w:name w:val="17B3062BF6E748D697F67F658FDE4B5D"/>
+    <w:rsid w:val="0076001A"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BBDACA940B146BBB3649FAC2A1CA7AB">
+    <w:name w:val="0BBDACA940B146BBB3649FAC2A1CA7AB"/>
+    <w:rsid w:val="00620773"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2BF5CF126A9C4462BDE747509E994675">
+    <w:name w:val="2BF5CF126A9C4462BDE747509E994675"/>
+    <w:rsid w:val="00620773"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EF52824DC8E74ABFBB19010295E8358D">
+    <w:name w:val="EF52824DC8E74ABFBB19010295E8358D"/>
+    <w:rsid w:val="00B907B6"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="72B91FB09AB242179ECC2B2D11627290">
+    <w:name w:val="72B91FB09AB242179ECC2B2D11627290"/>
+    <w:rsid w:val="00B907B6"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FFCB4DBA216F4C07BE95066ECB0202A2">
+    <w:name w:val="FFCB4DBA216F4C07BE95066ECB0202A2"/>
+    <w:rsid w:val="001A1A18"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5B74E14596D4452E8AD2945AB92CEBCD">
+    <w:name w:val="5B74E14596D4452E8AD2945AB92CEBCD"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="31361973780D4170994B5E5E74200ECC">
+    <w:name w:val="31361973780D4170994B5E5E74200ECC"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="843B96801E184B46B9CAD88AA6A8B2C6">
+    <w:name w:val="843B96801E184B46B9CAD88AA6A8B2C6"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F1BB47390C1D41BBA65F0BA5FFC5681C">
+    <w:name w:val="F1BB47390C1D41BBA65F0BA5FFC5681C"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="14CD99B4EB37418FAAAAB8FD3CA3C983">
+    <w:name w:val="14CD99B4EB37418FAAAAB8FD3CA3C983"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="403E0B8249774F98914BCD980EE28BEC">
+    <w:name w:val="403E0B8249774F98914BCD980EE28BEC"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B0C9681AE9BF46F2ACEB3F3EB335179E">
+    <w:name w:val="B0C9681AE9BF46F2ACEB3F3EB335179E"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9D82C3074FE147BA9C3D3ABDAA8DAC46">
+    <w:name w:val="9D82C3074FE147BA9C3D3ABDAA8DAC46"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1299FFAF81EF4B0D8FC767B61FBC9603">
+    <w:name w:val="1299FFAF81EF4B0D8FC767B61FBC9603"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="172AB2E164B3491187B0D09B8B71BC9A">
+    <w:name w:val="172AB2E164B3491187B0D09B8B71BC9A"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1F1EBCB74BA94E8693CE6E0E226A291A">
+    <w:name w:val="1F1EBCB74BA94E8693CE6E0E226A291A"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="803A04CEC41B4001B8DE0DCF0C75BDBB">
+    <w:name w:val="803A04CEC41B4001B8DE0DCF0C75BDBB"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5C9D6BA79B30452E8AF8893F75272DAC">
+    <w:name w:val="5C9D6BA79B30452E8AF8893F75272DAC"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F76AAD3340864B0C83BE80135A665D65">
+    <w:name w:val="F76AAD3340864B0C83BE80135A665D65"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9DD0E64E58B740E39AC3A2E4B5FC70E7">
+    <w:name w:val="9DD0E64E58B740E39AC3A2E4B5FC70E7"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="065A01AB2FD04D169EA5C1A03BDCB36D">
+    <w:name w:val="065A01AB2FD04D169EA5C1A03BDCB36D"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9F62F6AB37EB42F09AF7C9A682C1F4AA">
+    <w:name w:val="9F62F6AB37EB42F09AF7C9A682C1F4AA"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="550FB91858E74CEF8E0F70465202F036">
+    <w:name w:val="550FB91858E74CEF8E0F70465202F036"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="00920E8A6E374FF1A98A626101DF168B">
+    <w:name w:val="00920E8A6E374FF1A98A626101DF168B"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:ligatures w14:val="standardContextual"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8B4C9DB9B72E4028B96D9DCE25D4F808">
+    <w:name w:val="8B4C9DB9B72E4028B96D9DCE25D4F808"/>
+    <w:rsid w:val="003700BA"/>
+    <w:pPr>
+      <w:spacing w:line="278" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:kern w:val="2"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
       <w14:ligatures w14:val="standardContextual"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
@@ -15725,142 +24545,201 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="c650f868-ae29-44aa-8912-b9b1f0fece86" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="57637f11-560e-424a-bc5d-6f616a9cb3ee">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</p:properties>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...3 lines deleted...]
-    <xsd:import namespace="063db835-9a5d-4ab6-9479-d997ace9bfbe"/>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001BB552B0F378A24390114A699A0B839C" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b165c751710a0633c4f6f2005131d45a">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="57637f11-560e-424a-bc5d-6f616a9cb3ee" xmlns:ns3="c650f868-ae29-44aa-8912-b9b1f0fece86" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="11fa7a96a85b8eb7aad922ddd021b44c" ns2:_="" ns3:_="">
+    <xsd:import namespace="57637f11-560e-424a-bc5d-6f616a9cb3ee"/>
+    <xsd:import namespace="c650f868-ae29-44aa-8912-b9b1f0fece86"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
-                <xsd:element ref="ns2:_Flow_SignoffStatus" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="8a6cc4b4-5d3f-4202-8e79-fe284a9633ec" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="57637f11-560e-424a-bc5d-6f616a9cb3ee" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_Flow_SignoffStatus" ma:index="12" nillable="true" ma:displayName="Sign-off status" ma:internalName="Sign_x002d_off_x0020_status">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="13" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="1b11fbce-e9a9-4425-b85e-38f464aebd8d" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="15" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="13" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="19" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="20" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="21" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="063db835-9a5d-4ab6-9479-d997ace9bfbe" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c650f868-ae29-44aa-8912-b9b1f0fece86" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
     <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="14" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{1d2dee5d-c33f-4126-8673-168cbc0825c9}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="c650f868-ae29-44aa-8912-b9b1f0fece86">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -15918,151 +24797,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52C0A0E1-F310-43ED-AD7D-49D9ED1A0911}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="c650f868-ae29-44aa-8912-b9b1f0fece86"/>
+    <ds:schemaRef ds:uri="57637f11-560e-424a-bc5d-6f616a9cb3ee"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7F187EFE-3758-4DCE-9152-AF5C8823B8F9}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{52C0A0E1-F310-43ED-AD7D-49D9ED1A0911}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{205A91FD-E3F0-4A58-B787-3F01A62D90B1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="8a6cc4b4-5d3f-4202-8e79-fe284a9633ec"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB2B6EDC-FA9A-441D-B7CA-32BAC196FB82}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C247413-D5F8-4A65-AD18-85053858F58C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="8a6cc4b4-5d3f-4202-8e79-fe284a9633ec"/>
-    <ds:schemaRef ds:uri="063db835-9a5d-4ab6-9479-d997ace9bfbe"/>
+    <ds:schemaRef ds:uri="57637f11-560e-424a-bc5d-6f616a9cb3ee"/>
+    <ds:schemaRef ds:uri="c650f868-ae29-44aa-8912-b9b1f0fece86"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>6440</Characters>
+  <Pages>7</Pages>
+  <Words>2187</Words>
+  <Characters>12147</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>53</Lines>
-  <Paragraphs>15</Paragraphs>
+  <Lines>368</Lines>
+  <Paragraphs>238</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FOR.S8.1 Ad Hoc Request Form - Standard</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NJRR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7608</CharactersWithSpaces>
+  <CharactersWithSpaces>14096</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>FOR.S8.1 Ad Hoc Request Form - Standard</dc:title>
+  <dc:subject/>
   <dc:creator>a1169163</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x0101003813D83F5233874FBCEC7F9D15471F8E</vt:lpwstr>
+    <vt:lpwstr>0x0101001BB552B0F378A24390114A699A0B839C</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="mde669cd725046ba8a68c18fe23d1618">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Topic">
     <vt:lpwstr>240;#General Administration|3b254bc7-a2d6-4771-a2ec-98b0b3681c55</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Authors">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="Name of sender">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Organisation">
     <vt:lpwstr>198;#Australian Orthopaedic Association - National Joint Replacement Registry|20702867-872a-4a93-baca-3bbbf14adeeb</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Product">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="oae7135fe6ba410da9cab764a5d8aa02">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Organisation, Institute, Committee">
     <vt:lpwstr/>
   </property>