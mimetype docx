--- v0 (2025-10-01)
+++ v1 (2026-03-03)
@@ -1,2273 +1,2439 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="7C8F10B3" w14:textId="630B2593" w:rsidR="00DD17A0" w:rsidRDefault="00DD17A0" w:rsidP="00E0796D">
       <w:pPr>
         <w:pStyle w:val="Footer"/>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="110EF08E" w14:textId="77777777" w:rsidR="00E0796D" w:rsidRPr="004130C9" w:rsidRDefault="00E0796D" w:rsidP="00E0796D">
-[...2 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="1AEF8AA5" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:b/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D3884"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004130C9">
+    </w:p>
+    <w:p w14:paraId="69723303" w14:textId="42677A97" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="00E0796D" w:rsidP="000429EE">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="2D3884"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D3884"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="004130C9" w:rsidRPr="004130C9">
+      <w:r w:rsidR="004130C9" w:rsidRPr="00461EE6">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D3884"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>OANJRR Coversheet</w:t>
       </w:r>
-      <w:r w:rsidR="00E95D34">
+      <w:r w:rsidR="00E95D34" w:rsidRPr="00461EE6">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D3884"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> for</w:t>
       </w:r>
-      <w:r w:rsidR="004130C9" w:rsidRPr="004130C9">
+      <w:r w:rsidR="004130C9" w:rsidRPr="00461EE6">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D3884"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="center"/>
+      <w:r w:rsidR="002F3A14" w:rsidRPr="00461EE6">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D3884"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Joint Data </w:t>
       </w:r>
-      <w:r w:rsidR="00EC54B6">
+      <w:r w:rsidR="00EC54B6" w:rsidRPr="00461EE6">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D3884"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">Form </w:t>
       </w:r>
-      <w:r w:rsidR="00E95D34">
+      <w:r w:rsidR="00E95D34" w:rsidRPr="00461EE6">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D3884"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Submission</w:t>
       </w:r>
-      <w:r w:rsidR="00EC54B6">
+      <w:r w:rsidR="00EC54B6" w:rsidRPr="00461EE6">
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="2D3884"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
-      </w:r>
-[...207 lines deleted...]
-        <w:t>Please ensure that the envelope is securely sealed</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10036" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2984"/>
-        <w:gridCol w:w="3433"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1828"/>
+        <w:gridCol w:w="4104"/>
+        <w:gridCol w:w="1701"/>
+        <w:gridCol w:w="1247"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B91477" w:rsidRPr="004130C9" w14:paraId="339ECED2" w14:textId="77777777" w:rsidTr="00B91477">
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="339ECED2" w14:textId="77777777" w:rsidTr="00461EE6">
         <w:trPr>
           <w:trHeight w:val="610"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2DB80508" w14:textId="71E1D54F" w:rsidR="00335DEC" w:rsidRPr="00B91477" w:rsidRDefault="00335DEC" w:rsidP="00335DEC">
+          <w:p w14:paraId="2DB80508" w14:textId="71E1D54F" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="00335DEC" w:rsidP="000429EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B91477">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hospital Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3433" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4104" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07A5E026" w14:textId="77777777" w:rsidR="00335DEC" w:rsidRPr="004130C9" w:rsidRDefault="00335DEC" w:rsidP="00335DEC">
+          <w:p w14:paraId="07A5E026" w14:textId="77777777" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="00335DEC" w:rsidP="000429EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0194B5ED" w14:textId="53A061A0" w:rsidR="00335DEC" w:rsidRPr="00B91477" w:rsidRDefault="004130C9" w:rsidP="00335DEC">
+          <w:p w14:paraId="0194B5ED" w14:textId="5B2B7914" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="004130C9" w:rsidP="000429EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B91477">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve">State &amp;/or </w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>State</w:t>
             </w:r>
-            <w:r w:rsidR="00335DEC" w:rsidRPr="00B91477">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="000429EE" w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">or </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00335DEC" w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Code</w:t>
             </w:r>
+            <w:proofErr w:type="gramEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1247" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4113E757" w14:textId="77777777" w:rsidR="00335DEC" w:rsidRPr="004130C9" w:rsidRDefault="00335DEC" w:rsidP="00335DEC">
+          <w:p w14:paraId="4113E757" w14:textId="77777777" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="00335DEC" w:rsidP="000429EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B91477" w:rsidRPr="004130C9" w14:paraId="58DF3C6C" w14:textId="77777777" w:rsidTr="00B91477">
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="58DF3C6C" w14:textId="77777777" w:rsidTr="00461EE6">
         <w:trPr>
           <w:trHeight w:val="610"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2984" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E7127E7" w14:textId="5E540D82" w:rsidR="00335DEC" w:rsidRPr="00B91477" w:rsidRDefault="00335DEC" w:rsidP="00335DEC">
+          <w:p w14:paraId="6E7127E7" w14:textId="4EC37979" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="00335DEC" w:rsidP="000429EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B91477">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Name of Coordinator</w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Name of </w:t>
             </w:r>
-            <w:r w:rsidR="004130C9" w:rsidRPr="00B91477">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="000429EE" w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> / Person sending</w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Requestor </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3433" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="4104" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0614AC0D" w14:textId="77777777" w:rsidR="00335DEC" w:rsidRPr="004130C9" w:rsidRDefault="00335DEC" w:rsidP="00335DEC">
+          <w:p w14:paraId="0614AC0D" w14:textId="77777777" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="00335DEC" w:rsidP="000429EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1791" w:type="dxa"/>
+            <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
-            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="62192E2F" w14:textId="48CF59C6" w:rsidR="00335DEC" w:rsidRPr="00B91477" w:rsidRDefault="00335DEC" w:rsidP="00335DEC">
+          <w:p w14:paraId="62192E2F" w14:textId="64D7D79F" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="00335DEC" w:rsidP="000429EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B91477">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="20"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Date</w:t>
             </w:r>
-            <w:r w:rsidR="004130C9" w:rsidRPr="00B91477">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidR="004130C9" w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> Sent</w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1828" w:type="dxa"/>
-            <w:vAlign w:val="center"/>
+            <w:tcW w:w="1247" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7B0DBB81" w14:textId="77777777" w:rsidR="00335DEC" w:rsidRPr="004130C9" w:rsidRDefault="00335DEC" w:rsidP="00335DEC">
+          <w:p w14:paraId="7B0DBB81" w14:textId="77777777" w:rsidR="00335DEC" w:rsidRPr="00461EE6" w:rsidRDefault="00335DEC" w:rsidP="000429EE">
             <w:pPr>
               <w:spacing w:line="360" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1C1753AF" w14:textId="77777777" w:rsidR="00E0796D" w:rsidRDefault="00E0796D" w:rsidP="00E0796D">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w14:paraId="1C1753AF" w14:textId="77777777" w:rsidR="00E0796D" w:rsidRPr="00461EE6" w:rsidRDefault="00E0796D" w:rsidP="000429EE">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="258863BE" w14:textId="77777777" w:rsidR="00E0796D" w:rsidRPr="00E0796D" w:rsidRDefault="00E0796D" w:rsidP="00E0796D">
+    <w:p w14:paraId="2BC6EE4A" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>When you return completed forms, please:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09B054F8" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Submit with this cover sheet with each envelope</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CB85787" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Use the yellow Reply-Paid envelopes provided by the AOANJRR</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5702C10A" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Limit number of forms in each envelope to 50 forms</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FB48529" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:spacing w:after="80"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ensure the envelope is securely sealed </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B653847" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="252CF973" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:spacing w:after="80"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="262626"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">If you are running low, please complete an order form and email it to </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00461EE6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:iCs/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t>admin@aoanjrr.org.au</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="496A7BC8" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="65B8CE" w:themeColor="accent5" w:themeTint="D9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Order forms and data collections forms are also available on our website: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13">
+        <w:r w:rsidRPr="00461EE6">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="20"/>
+          </w:rPr>
+          <w:t>https://aoanjrr.sahmri.com/data-collection</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00461EE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="65B8CE" w:themeColor="accent5" w:themeTint="D9"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52D76192" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="258863BE" w14:textId="77777777" w:rsidR="00E0796D" w:rsidRPr="00461EE6" w:rsidRDefault="00E0796D" w:rsidP="00E0796D">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10026" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2978"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3646"/>
+        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="3118"/>
+        <w:gridCol w:w="2796"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B91477" w:rsidRPr="00EC54B6" w14:paraId="6D141B4F" w14:textId="12117B29" w:rsidTr="00B91477">
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="6D141B4F" w14:textId="12117B29" w:rsidTr="000429EE">
         <w:trPr>
-          <w:trHeight w:val="697"/>
+          <w:trHeight w:val="745"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="05EEF3DF" w14:textId="7EFCFC02" w:rsidR="00EC54B6" w:rsidRPr="0071742F" w:rsidRDefault="00EC54B6" w:rsidP="00B91477">
+          <w:p w14:paraId="3C15039B" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:ind w:left="227"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0071742F">
-[...5 lines deleted...]
-              <w:t>The most common reasons for return of forms is missing/incomplete information.</w:t>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Please complete forms as fully as possible. The most common reason forms are returned is missing or incomplete information.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3135EB25" w14:textId="77777777" w:rsidR="00EC54B6" w:rsidRPr="0071742F" w:rsidRDefault="00EC54B6" w:rsidP="00B91477">
+          <w:p w14:paraId="0D3822C3" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:ind w:left="227"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="42EE1AC5" w14:textId="3B0E5DEC" w:rsidR="00B91477" w:rsidRPr="0071742F" w:rsidRDefault="00B91477" w:rsidP="00B91477">
+          <w:p w14:paraId="3D9A3C6D" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
-              <w:ind w:left="227"/>
-[...3 lines deleted...]
-                <w:sz w:val="20"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0071742F">
-[...5 lines deleted...]
-              <w:t>To minimise forms being returned to you for completion please ensure that:</w:t>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Please check that the following commonly missed details are filled in:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7FFBB1BC" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="0071742F" w:rsidRDefault="00B91477" w:rsidP="00B91477">
+          <w:p w14:paraId="610CF42B" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="48FFF5E7" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Procedure Date</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1E89886B" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Cement details</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D43411F" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Side (of procedure)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="38260A58" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Diagnosis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2667A1C5" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ASA field</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="70B5C733" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Hip approach</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="08A7D80E" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="24"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:spacing w:line="259" w:lineRule="auto"/>
+              <w:ind w:left="360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Shoulder CT / MRI Scan</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2A18538D" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:ind w:left="-360"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="10A60577" w14:textId="77777777" w:rsidR="00FD6AB2" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:ind w:right="113"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-[...1 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:color w:val="262626"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>AOANJRR have recently updated the shoulder, ankle, wrist and elbow procedure forms (Dec 2025). If your site is still using the multi-joint data forms, please request these.</w:t>
+            </w:r>
           </w:p>
-          <w:p w14:paraId="32ADBF94" w14:textId="4265BF26" w:rsidR="00B91477" w:rsidRPr="0071742F" w:rsidRDefault="00B91477" w:rsidP="00B91477">
+          <w:p w14:paraId="3DA8B46A" w14:textId="024A0020" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="000429EE">
             <w:pPr>
-              <w:pStyle w:val="ListParagraph"/>
-[...3 lines deleted...]
-              </w:numPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:ind w:right="113"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:color w:val="0D0D0D" w:themeColor="text1" w:themeTint="F2"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="0071742F">
-[...165 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66231303" w14:textId="06E9427F" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="00335DEC">
+          <w:p w14:paraId="66231303" w14:textId="06E9427F" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="00335DEC">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC54B6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>FORM TYPE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3646" w:type="dxa"/>
+            <w:tcW w:w="2796" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A9D429D" w14:textId="7731DAF5" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="004130C9">
+          <w:p w14:paraId="6A9D429D" w14:textId="7731DAF5" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="004130C9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC54B6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>TOTAL NUMBER</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B91477" w:rsidRPr="00EC54B6" w14:paraId="2DE798C3" w14:textId="1A42A0F9" w:rsidTr="00EC54B6">
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="2DE798C3" w14:textId="1A42A0F9" w:rsidTr="000429EE">
         <w:trPr>
-          <w:trHeight w:val="657"/>
+          <w:trHeight w:val="745"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7A1C6FE4" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+          <w:p w14:paraId="7A1C6FE4" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFF00"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="376896FE" w14:textId="0C1E1BC8" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+          <w:p w14:paraId="376896FE" w14:textId="0C1E1BC8" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC54B6">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Hip Data Forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3646" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2796" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42755A53" w14:textId="4EA9E6CF" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
+          <w:p w14:paraId="42755A53" w14:textId="4EA9E6CF" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B91477" w:rsidRPr="00EC54B6" w14:paraId="4A08A6A8" w14:textId="1B118D66" w:rsidTr="00EC54B6">
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="4A08A6A8" w14:textId="1B118D66" w:rsidTr="000429EE">
         <w:trPr>
-          <w:trHeight w:val="697"/>
+          <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="283548F9" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+          <w:p w14:paraId="283548F9" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="92D050"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7EC234"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="28DC46DC" w14:textId="2FFD6C6C" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+          <w:p w14:paraId="28DC46DC" w14:textId="2FFD6C6C" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC54B6">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Knee Data Forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3646" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2796" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25972D7B" w14:textId="67086C23" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
+          <w:p w14:paraId="25972D7B" w14:textId="67086C23" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B91477" w:rsidRPr="00EC54B6" w14:paraId="6FEE8CC0" w14:textId="06A27C6A" w:rsidTr="00EC54B6">
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="6FEE8CC0" w14:textId="06A27C6A" w:rsidTr="000429EE">
         <w:trPr>
-          <w:trHeight w:val="657"/>
+          <w:trHeight w:val="745"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0A21521C" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+          <w:p w14:paraId="0A21521C" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFC000"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="48EE60EF" w14:textId="1F3D34DA" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+          <w:p w14:paraId="48EE60EF" w14:textId="1F3D34DA" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC54B6">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Shoulder Data Forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3646" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2796" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7C098BDC" w14:textId="49296BDB" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
+          <w:p w14:paraId="7C098BDC" w14:textId="49296BDB" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B91477" w:rsidRPr="00EC54B6" w14:paraId="26D837D7" w14:textId="63B7DC5C" w:rsidTr="00EC54B6">
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="26D837D7" w14:textId="63B7DC5C" w:rsidTr="000429EE">
         <w:trPr>
-          <w:trHeight w:val="697"/>
+          <w:trHeight w:val="745"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2F281766" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+          <w:p w14:paraId="2F281766" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="7030A0"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D9A83E8" w14:textId="3B57B784" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+          <w:p w14:paraId="2D9A83E8" w14:textId="4902352E" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00177AA8" w:rsidP="007620B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC54B6">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
-                <w:sz w:val="20"/>
-[...1 lines deleted...]
-              <w:t>Multi-Joint Data Forms</w:t>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Elbow &amp; Wrist Data</w:t>
+            </w:r>
+            <w:r w:rsidR="00B91477" w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3646" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2796" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1BC33353" w14:textId="551B9509" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
+          <w:p w14:paraId="1BC33353" w14:textId="551B9509" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B91477" w:rsidRPr="00EC54B6" w14:paraId="40356491" w14:textId="198937CB" w:rsidTr="00EC54B6">
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="40356491" w14:textId="198937CB" w:rsidTr="000429EE">
         <w:trPr>
-          <w:trHeight w:val="657"/>
+          <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="683C3F21" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+          <w:p w14:paraId="683C3F21" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FF66FF"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FE2F857" w14:textId="301672BB" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+          <w:p w14:paraId="4FE2F857" w14:textId="66AD9BF1" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00577447" w:rsidP="007620B9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC54B6">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Ankle Data Forms</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2796" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="515DF526" w14:textId="1E316A5D" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00577447" w:rsidRPr="00461EE6" w14:paraId="11B82968" w14:textId="4460267D" w:rsidTr="000429EE">
+        <w:trPr>
+          <w:trHeight w:val="745"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4112" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4CEADC" w14:textId="77777777" w:rsidR="00577447" w:rsidRPr="00461EE6" w:rsidRDefault="00577447" w:rsidP="00577447">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="00B0F0"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5FE3CB" w14:textId="3B7DD8B1" w:rsidR="00577447" w:rsidRPr="00461EE6" w:rsidRDefault="00577447" w:rsidP="00577447">
+            <w:pPr>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="284"/>
+              </w:tabs>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Spinal Disc Data Forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3646" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2796" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="515DF526" w14:textId="1E316A5D" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
+          <w:p w14:paraId="08B2C9C7" w14:textId="77777777" w:rsidR="00577447" w:rsidRPr="00461EE6" w:rsidRDefault="00577447" w:rsidP="00577447">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B91477" w:rsidRPr="00EC54B6" w14:paraId="11B82968" w14:textId="4460267D" w:rsidTr="00EC54B6">
+      <w:tr w:rsidR="00577447" w:rsidRPr="00461EE6" w14:paraId="4AD0F083" w14:textId="77777777" w:rsidTr="000429EE">
         <w:trPr>
-          <w:trHeight w:val="697"/>
+          <w:trHeight w:val="746"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2978" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6D4CEADC" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+          <w:p w14:paraId="79C3BD18" w14:textId="77777777" w:rsidR="00577447" w:rsidRPr="00461EE6" w:rsidRDefault="00577447" w:rsidP="00577447">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3402" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="229B9E"/>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="009999"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5B5FE3CB" w14:textId="6A4ED4F7" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="007620B9">
+          <w:p w14:paraId="2CC161FD" w14:textId="51869AF2" w:rsidR="00577447" w:rsidRPr="00461EE6" w:rsidRDefault="00577447" w:rsidP="00577447">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00EC54B6">
-[...2 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Knee Osteotomy Forms</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3646" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="2796" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="08B2C9C7" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00EC54B6" w:rsidRDefault="00B91477" w:rsidP="00AD076C">
+          <w:p w14:paraId="11D8F237" w14:textId="77777777" w:rsidR="00577447" w:rsidRPr="00461EE6" w:rsidRDefault="00577447" w:rsidP="00577447">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="284"/>
               </w:tabs>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cstheme="minorHAnsi"/>
-[...62 lines deleted...]
-                <w:sz w:val="20"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C8F10E9" w14:textId="77777777" w:rsidR="007620B9" w:rsidRPr="006C7ED5" w:rsidRDefault="007620B9" w:rsidP="007620B9">
+    <w:p w14:paraId="384928AA" w14:textId="77777777" w:rsidR="00CA426B" w:rsidRPr="00461EE6" w:rsidRDefault="00CA426B" w:rsidP="007620B9">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C8F10EA" w14:textId="2C3C25BD" w:rsidR="007620B9" w:rsidRDefault="007620B9" w:rsidP="007620B9">
+    <w:p w14:paraId="36CB3DCF" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00461EE6" w:rsidRDefault="000429EE" w:rsidP="007620B9">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-[...26 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10010" w:type="dxa"/>
         <w:tblInd w:w="-289" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6380"/>
-        <w:gridCol w:w="3630"/>
+        <w:gridCol w:w="7230"/>
+        <w:gridCol w:w="2780"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B91477" w:rsidRPr="00DB74AC" w14:paraId="258639E7" w14:textId="77777777" w:rsidTr="00CA426B">
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="258639E7" w14:textId="77777777" w:rsidTr="00461EE6">
         <w:trPr>
           <w:trHeight w:val="289"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10010" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="69B6D13E" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00DB74AC" w:rsidRDefault="00B91477" w:rsidP="008E692F">
+          <w:p w14:paraId="69B6D13E" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="008E692F">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB74AC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Office Use Only</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00B91477" w:rsidRPr="00DB74AC" w14:paraId="7348B81C" w14:textId="77777777" w:rsidTr="00B91477">
+      <w:tr w:rsidR="00B91477" w:rsidRPr="00461EE6" w14:paraId="7348B81C" w14:textId="77777777" w:rsidTr="00461EE6">
         <w:trPr>
           <w:trHeight w:val="416"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6380" w:type="dxa"/>
+            <w:tcW w:w="7230" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="2968087E" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00DB74AC" w:rsidRDefault="00B91477" w:rsidP="008E692F">
+          <w:p w14:paraId="2968087E" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="008E692F">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB74AC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Date Received:</w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB74AC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB74AC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F0BC"/>
             </w:r>
-            <w:r w:rsidRPr="00DB74AC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB74AC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F0BC"/>
             </w:r>
-            <w:r w:rsidRPr="00DB74AC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB74AC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:sym w:font="Symbol" w:char="F0BC"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3630" w:type="dxa"/>
+            <w:tcW w:w="2780" w:type="dxa"/>
             <w:vAlign w:val="bottom"/>
           </w:tcPr>
-          <w:p w14:paraId="171A9EBF" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00DB74AC" w:rsidRDefault="00B91477" w:rsidP="008E692F">
+          <w:p w14:paraId="171A9EBF" w14:textId="77777777" w:rsidR="00B91477" w:rsidRPr="00461EE6" w:rsidRDefault="00B91477" w:rsidP="008E692F">
             <w:pPr>
               <w:rPr>
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00DB74AC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:b/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Initial: </w:t>
             </w:r>
-            <w:r w:rsidRPr="00DB74AC">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+            <w:r w:rsidRPr="00461EE6">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
               </w:rPr>
               <w:t>______</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C8F11D6" w14:textId="583EF3D4" w:rsidR="000838A4" w:rsidRPr="006C7ED5" w:rsidRDefault="000838A4" w:rsidP="00527500">
       <w:pPr>
         <w:ind w:right="-759"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="000838A4" w:rsidRPr="006C7ED5" w:rsidSect="00B91477">
-      <w:headerReference w:type="even" r:id="rId13"/>
+    <w:sectPr w:rsidR="000838A4" w:rsidRPr="006C7ED5" w:rsidSect="000429EE">
       <w:headerReference w:type="default" r:id="rId14"/>
-      <w:footerReference w:type="even" r:id="rId15"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1276" w:left="1080" w:header="720" w:footer="490" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="425" w:bottom="709" w:left="1080" w:header="720" w:footer="335" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="214B0839" w14:textId="77777777" w:rsidR="00F93F3C" w:rsidRDefault="00F93F3C">
+    <w:p w14:paraId="7C8F1215" w14:textId="77777777" w:rsidR="00407632" w:rsidRDefault="00407632">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1D4EA287" w14:textId="77777777" w:rsidR="00F93F3C" w:rsidRDefault="00F93F3C">
+    <w:p w14:paraId="7C8F1216" w14:textId="77777777" w:rsidR="00407632" w:rsidRDefault="00407632">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Century Gothic">
-[...1 lines deleted...]
-    <w:panose1 w:val="020B0502020202020204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000203" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="31FE684D" w14:textId="38BBFAAE" w:rsidR="00B91477" w:rsidRDefault="00B91477" w:rsidP="00B91477">
     <w:pPr>
       <w:ind w:right="108"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:color w:val="000080"/>
         <w:sz w:val="15"/>
         <w:szCs w:val="15"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="3B10B49D" w14:textId="77777777" w:rsidR="0093042B" w:rsidRDefault="0093042B" w:rsidP="00501079">
+  <w:p w14:paraId="7A7B93DF" w14:textId="77777777" w:rsidR="000429EE" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+    <w:pPr>
+      <w:ind w:right="-1135" w:hanging="1134"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="000080"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="1DD6AC67" w14:textId="206FC23E" w:rsidR="000429EE" w:rsidRPr="00937777" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+    <w:pPr>
+      <w:ind w:right="-1135" w:hanging="1134"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="000080"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00937777">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="000080"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+      </w:rPr>
+      <w:t>AOA National Joint Replacement Registry |SAHMRI, North Terrace, Adelaide SA 5000</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="4FA0B226" w14:textId="77777777" w:rsidR="000429EE" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+    <w:pPr>
+      <w:ind w:right="-1135" w:hanging="1134"/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:r w:rsidRPr="00937777">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="000080"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+        <w:lang w:val="nn-NO"/>
+      </w:rPr>
+      <w:t xml:space="preserve">T +61 8 8128 4280   E  </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId1" w:history="1">
+      <w:r w:rsidRPr="00937777">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+          <w:lang w:val="nn-NO"/>
+        </w:rPr>
+        <w:t>adminr@aoanjrr.org.au</w:t>
+      </w:r>
+    </w:hyperlink>
+    <w:r w:rsidRPr="00937777">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="000080"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+        <w:lang w:val="nn-NO"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> | </w:t>
+    </w:r>
+    <w:hyperlink r:id="rId2" w:history="1">
+      <w:r w:rsidRPr="00937777">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:color w:val="000080"/>
+          <w:sz w:val="15"/>
+          <w:szCs w:val="15"/>
+          <w:lang w:val="nn-NO"/>
+        </w:rPr>
+        <w:t>www.aoa.org.au</w:t>
+      </w:r>
+    </w:hyperlink>
+  </w:p>
+  <w:p w14:paraId="6C0D4E39" w14:textId="77777777" w:rsidR="000429EE" w:rsidRPr="00937777" w:rsidRDefault="000429EE" w:rsidP="000429EE">
+    <w:pPr>
+      <w:ind w:right="-1135" w:hanging="1134"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rStyle w:val="Hyperlink"/>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:color w:val="000080"/>
+        <w:sz w:val="15"/>
+        <w:szCs w:val="15"/>
+        <w:lang w:val="nn-NO"/>
+      </w:rPr>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="525DDAE7" w14:textId="7CD1305B" w:rsidR="00CA426B" w:rsidRPr="000429EE" w:rsidRDefault="000429EE" w:rsidP="000429EE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4153"/>
         <w:tab w:val="clear" w:pos="8306"/>
         <w:tab w:val="center" w:pos="4536"/>
       </w:tabs>
       <w:ind w:right="-2"/>
-      <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
         <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>AOANJRR Joint Data Forms Coversheet</w:t>
+      <w:fldChar w:fldCharType="begin"/>
     </w:r>
-  </w:p>
-[...10 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-    </w:pPr>
-[...2 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>Version 2.1</w:t>
+      <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:tab/>
+      <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="0093042B">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t xml:space="preserve">Page </w:t>
+      <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00CA426B" w:rsidRPr="00CA426B">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+        <w:iCs/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00CA426B" w:rsidRPr="00CA426B">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+      <w:instrText xml:space="preserve"> NUMPAGES   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="00CA426B" w:rsidRPr="00CA426B">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00CA426B">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="00CA426B" w:rsidRPr="00CA426B">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+    <w:r w:rsidRPr="00147AB6">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:iCs/>
-        <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
-[...59 lines deleted...]
-        <w:color w:val="BFBFBF" w:themeColor="background1" w:themeShade="BF"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2A76CE1D" w14:textId="77777777" w:rsidR="00F93F3C" w:rsidRDefault="00F93F3C">
+    <w:p w14:paraId="7C8F1213" w14:textId="77777777" w:rsidR="00407632" w:rsidRDefault="00407632">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="38DCEDD2" w14:textId="77777777" w:rsidR="00F93F3C" w:rsidRDefault="00F93F3C">
+    <w:p w14:paraId="7C8F1214" w14:textId="77777777" w:rsidR="00407632" w:rsidRDefault="00407632">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="2AB805F9" w14:textId="6C00D284" w:rsidR="00C025FE" w:rsidRPr="007E4EAC" w:rsidRDefault="00EC54B6" w:rsidP="00C025FE">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2AB805F9" w14:textId="5A904206" w:rsidR="00C025FE" w:rsidRPr="000429EE" w:rsidRDefault="00B63CF8" w:rsidP="00C025FE">
     <w:pPr>
       <w:ind w:left="-426"/>
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+    <w:r w:rsidRPr="000429EE">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         <w:noProof/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-AU"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F347127" wp14:editId="615293AC">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="62CE5FFC" wp14:editId="11D63B89">
           <wp:simplePos x="0" y="0"/>
-          <wp:positionH relativeFrom="margin">
-            <wp:posOffset>4817745</wp:posOffset>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>4973955</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-314325</wp:posOffset>
+            <wp:posOffset>-249555</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1638300" cy="1118870"/>
-          <wp:effectExtent l="0" t="0" r="0" b="5080"/>
+          <wp:extent cx="1614807" cy="1049036"/>
+          <wp:effectExtent l="0" t="0" r="4445" b="0"/>
           <wp:wrapNone/>
-          <wp:docPr id="4" name="Picture 4" descr="A picture containing food&#10;&#10;Description automatically generated"/>
+          <wp:docPr id="603339754" name="Picture 603339754" descr="Text&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="4" name="White-Medium.png"/>
+                  <pic:cNvPr id="1" name="AOANJRR Logo White.jpg"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1638300" cy="1118870"/>
+                    <a:ext cx="1614807" cy="1049036"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r w:rsidR="00C025FE" w:rsidRPr="007E4EAC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+    <w:r w:rsidR="00C025FE" w:rsidRPr="000429EE">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">AOANJRR Standard Operating Procedures  </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="70C9F9A5" w14:textId="77777777" w:rsidR="00C025FE" w:rsidRPr="007E4EAC" w:rsidRDefault="00C025FE" w:rsidP="00C025FE">
+  <w:p w14:paraId="70C9F9A5" w14:textId="6BB6B024" w:rsidR="00C025FE" w:rsidRPr="000429EE" w:rsidRDefault="00C025FE" w:rsidP="00C025FE">
     <w:pPr>
       <w:ind w:left="-426"/>
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007E4EAC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+    <w:r w:rsidRPr="000429EE">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Section 8 – Forms </w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="68C39D28" w14:textId="20EF9338" w:rsidR="00C025FE" w:rsidRPr="00E0796D" w:rsidRDefault="00C025FE" w:rsidP="00E0796D">
+  <w:p w14:paraId="68C39D28" w14:textId="7FE596A4" w:rsidR="00C025FE" w:rsidRPr="000429EE" w:rsidRDefault="00C025FE" w:rsidP="00E0796D">
     <w:pPr>
       <w:ind w:left="-426"/>
       <w:rPr>
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="007E4EAC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+    <w:r w:rsidRPr="000429EE">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>FOR.S8.</w:t>
     </w:r>
-    <w:r w:rsidR="008135BB">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+    <w:r w:rsidR="00A04AC5">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>5</w:t>
     </w:r>
-    <w:r w:rsidRPr="007E4EAC">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+    <w:r w:rsidRPr="000429EE">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="002F3A14">
-[...1 lines deleted...]
-        <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Calibri"/>
+    <w:r w:rsidR="002F3A14" w:rsidRPr="000429EE">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
         <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>Coversheet Hospital Joint Data Form Return</w:t>
+    </w:r>
+    <w:r w:rsidR="00A04AC5">
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+        <w:color w:val="7F7F7F" w:themeColor="text1" w:themeTint="80"/>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> v3.2</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="02EB16F7"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2966A0C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0C8E5542"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0B9466B4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1ADF187E"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2966A0C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="20772669"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2966A0C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="232B50A8"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="5EE04138"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2F6E504F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5A32B352"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="587" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1307" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2336,51 +2502,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5627" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6347" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35000142"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3ACC3626"/>
     <w:lvl w:ilvl="0" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2476,74 +2642,74 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AC672F3"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2966A0C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AEB0741"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="EB060CE8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2642,74 +2808,74 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BA56BEC"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2966A0C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3BBF4993"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3ACC3626"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2805,51 +2971,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="420E51FF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E036FA9E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -2918,51 +3084,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="42EC0F1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EB060CE8"/>
     <w:lvl w:ilvl="0" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="59FA599A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3061,97 +3227,97 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="44924A9A"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2966A0C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4D2E1FB3"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2966A0C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="526A0563"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="28DCDF56"/>
     <w:lvl w:ilvl="0" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3247,74 +3413,187 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5FBE3685"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="2966A0C0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="601E17BE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F4CAAA80"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="763" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1483" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2203" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2923" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3643" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4363" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5083" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5803" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6523" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="604344EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="887EAD7A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="480"/>
         </w:tabs>
         <w:ind w:left="480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3410,51 +3689,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5520"/>
         </w:tabs>
         <w:ind w:left="5520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6240"/>
         </w:tabs>
         <w:ind w:left="6240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="72FF625C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D374878C"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3523,51 +3802,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="73392575"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FFE93A0"/>
     <w:lvl w:ilvl="0" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3663,51 +3942,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="77F36626"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2000EA1A"/>
     <w:lvl w:ilvl="0" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="480"/>
         </w:tabs>
         <w:ind w:left="480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3803,51 +4082,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5520"/>
         </w:tabs>
         <w:ind w:left="5520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6240"/>
         </w:tabs>
         <w:ind w:left="6240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7A8F1690"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D4EE5B38"/>
     <w:lvl w:ilvl="0" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -3943,51 +4222,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5400"/>
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7E606BD1"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DE8C3004"/>
     <w:lvl w:ilvl="0" w:tplc="365E43CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4083,274 +4362,290 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1964846327">
+  <w:num w:numId="1" w16cid:durableId="1250963588">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="900797773">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1074553020">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1138759861">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1174606442">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="1040786035">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1141533658">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1598512752">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="470292359">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="730008088">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="11" w16cid:durableId="1787234134">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="12" w16cid:durableId="1371490228">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="13" w16cid:durableId="937634866">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="14" w16cid:durableId="750662888">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="15" w16cid:durableId="1311058277">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="16" w16cid:durableId="194851062">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1352218120">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="17" w16cid:durableId="1395082259">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="811675348">
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="18" w16cid:durableId="1486897128">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1945382085">
-[...8 lines deleted...]
-  <w:num w:numId="7" w16cid:durableId="470365748">
+  <w:num w:numId="19" w16cid:durableId="1797411300">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="729382141">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="20" w16cid:durableId="592861778">
+    <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1447120695">
-[...11 lines deleted...]
-  <w:num w:numId="13" w16cid:durableId="1636255816">
+  <w:num w:numId="21" w16cid:durableId="1439452298">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1929922543">
+  <w:num w:numId="22" w16cid:durableId="246501657">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1139690047">
-[...17 lines deleted...]
-  <w:num w:numId="21" w16cid:durableId="1661231520">
+  <w:num w:numId="23" w16cid:durableId="2142190147">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="1827937224">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="24" w16cid:durableId="397021568">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="108"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:displayVerticalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="32769"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
     <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY0MjYzMbWwMDExMDU2MjZX0lEKTi0uzszPAykwrwUA5NpBGSwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="008C11A9"/>
     <w:rsid w:val="0000034C"/>
     <w:rsid w:val="00004FF5"/>
     <w:rsid w:val="0000526F"/>
     <w:rsid w:val="00011C4C"/>
     <w:rsid w:val="000271AC"/>
+    <w:rsid w:val="000429EE"/>
     <w:rsid w:val="000449F2"/>
     <w:rsid w:val="000636F0"/>
     <w:rsid w:val="00065E83"/>
     <w:rsid w:val="00071293"/>
     <w:rsid w:val="00083781"/>
     <w:rsid w:val="000838A4"/>
     <w:rsid w:val="000877FE"/>
     <w:rsid w:val="000915BE"/>
     <w:rsid w:val="000953B7"/>
     <w:rsid w:val="000A2C10"/>
     <w:rsid w:val="000B668C"/>
     <w:rsid w:val="000D3DEA"/>
     <w:rsid w:val="000F7501"/>
     <w:rsid w:val="00100F9D"/>
     <w:rsid w:val="00101609"/>
     <w:rsid w:val="001170A1"/>
     <w:rsid w:val="00121866"/>
     <w:rsid w:val="00124637"/>
     <w:rsid w:val="0013538D"/>
     <w:rsid w:val="00153902"/>
     <w:rsid w:val="001621C5"/>
     <w:rsid w:val="001672DB"/>
     <w:rsid w:val="00176A80"/>
     <w:rsid w:val="00176E12"/>
+    <w:rsid w:val="00177AA8"/>
     <w:rsid w:val="001A79BA"/>
     <w:rsid w:val="001B566A"/>
     <w:rsid w:val="001B7D75"/>
     <w:rsid w:val="001C5B38"/>
     <w:rsid w:val="001C70A6"/>
     <w:rsid w:val="001D3AF3"/>
     <w:rsid w:val="001D7315"/>
     <w:rsid w:val="001E0384"/>
     <w:rsid w:val="001F4067"/>
+    <w:rsid w:val="001F7710"/>
     <w:rsid w:val="001F787A"/>
     <w:rsid w:val="0020694F"/>
     <w:rsid w:val="00232CEC"/>
     <w:rsid w:val="00233405"/>
     <w:rsid w:val="002518A3"/>
     <w:rsid w:val="00251A86"/>
     <w:rsid w:val="00265EA2"/>
     <w:rsid w:val="00275962"/>
     <w:rsid w:val="00287139"/>
     <w:rsid w:val="00290722"/>
-    <w:rsid w:val="00293CEC"/>
     <w:rsid w:val="002A10FE"/>
     <w:rsid w:val="002A53DB"/>
     <w:rsid w:val="002A7929"/>
     <w:rsid w:val="002B75D3"/>
     <w:rsid w:val="002C28E5"/>
     <w:rsid w:val="002D2720"/>
     <w:rsid w:val="002E14A9"/>
+    <w:rsid w:val="002E4DA1"/>
     <w:rsid w:val="002E74E1"/>
     <w:rsid w:val="002F3A14"/>
     <w:rsid w:val="002F7FD2"/>
     <w:rsid w:val="00301C05"/>
     <w:rsid w:val="00315D27"/>
     <w:rsid w:val="00321275"/>
     <w:rsid w:val="003322F0"/>
     <w:rsid w:val="00335DEC"/>
     <w:rsid w:val="0033631C"/>
     <w:rsid w:val="00343506"/>
     <w:rsid w:val="0034629C"/>
+    <w:rsid w:val="00350D21"/>
     <w:rsid w:val="00352A5E"/>
+    <w:rsid w:val="0035605E"/>
     <w:rsid w:val="0036089B"/>
+    <w:rsid w:val="003772F6"/>
     <w:rsid w:val="003924EC"/>
     <w:rsid w:val="00394059"/>
     <w:rsid w:val="003A3007"/>
     <w:rsid w:val="003A7D72"/>
     <w:rsid w:val="003B437D"/>
     <w:rsid w:val="003C07BC"/>
     <w:rsid w:val="003C5566"/>
     <w:rsid w:val="003D291E"/>
     <w:rsid w:val="003D5A18"/>
     <w:rsid w:val="003D6C7C"/>
     <w:rsid w:val="003F51C5"/>
     <w:rsid w:val="003F6D20"/>
     <w:rsid w:val="003F6DD1"/>
     <w:rsid w:val="00402C89"/>
     <w:rsid w:val="0040470A"/>
     <w:rsid w:val="00407632"/>
     <w:rsid w:val="00407AB7"/>
     <w:rsid w:val="00412BB4"/>
     <w:rsid w:val="004130C9"/>
+    <w:rsid w:val="0041518C"/>
     <w:rsid w:val="00422343"/>
     <w:rsid w:val="00430F84"/>
     <w:rsid w:val="004358FB"/>
     <w:rsid w:val="00442D8A"/>
     <w:rsid w:val="0044349F"/>
     <w:rsid w:val="00451097"/>
     <w:rsid w:val="00452B33"/>
     <w:rsid w:val="00453063"/>
     <w:rsid w:val="00461A05"/>
+    <w:rsid w:val="00461EE6"/>
     <w:rsid w:val="004655BC"/>
     <w:rsid w:val="00465C01"/>
     <w:rsid w:val="00466E77"/>
     <w:rsid w:val="0047116F"/>
     <w:rsid w:val="0047695A"/>
     <w:rsid w:val="00481400"/>
     <w:rsid w:val="00496C23"/>
     <w:rsid w:val="004B738D"/>
     <w:rsid w:val="004C336A"/>
     <w:rsid w:val="004C776B"/>
     <w:rsid w:val="004D1C4C"/>
     <w:rsid w:val="004D6042"/>
     <w:rsid w:val="004F46FD"/>
     <w:rsid w:val="004F4F21"/>
     <w:rsid w:val="00501079"/>
     <w:rsid w:val="005020BD"/>
+    <w:rsid w:val="005030DD"/>
     <w:rsid w:val="0051173C"/>
     <w:rsid w:val="00513D98"/>
     <w:rsid w:val="00527500"/>
     <w:rsid w:val="00536591"/>
     <w:rsid w:val="00552447"/>
     <w:rsid w:val="00557F67"/>
     <w:rsid w:val="00564640"/>
+    <w:rsid w:val="00577447"/>
     <w:rsid w:val="00582B61"/>
     <w:rsid w:val="00583088"/>
     <w:rsid w:val="00586350"/>
     <w:rsid w:val="0059451D"/>
     <w:rsid w:val="005A4DD5"/>
     <w:rsid w:val="005B0C5F"/>
     <w:rsid w:val="005C094D"/>
     <w:rsid w:val="005D7A23"/>
     <w:rsid w:val="005E1A27"/>
     <w:rsid w:val="00643047"/>
     <w:rsid w:val="00652912"/>
     <w:rsid w:val="00655A6E"/>
     <w:rsid w:val="00664F6F"/>
     <w:rsid w:val="006672A6"/>
     <w:rsid w:val="006915D1"/>
     <w:rsid w:val="006A2374"/>
     <w:rsid w:val="006A2C6C"/>
     <w:rsid w:val="006A469B"/>
     <w:rsid w:val="006A4ED9"/>
     <w:rsid w:val="006A68F0"/>
     <w:rsid w:val="006A6BF5"/>
     <w:rsid w:val="006B429A"/>
     <w:rsid w:val="006C01BC"/>
     <w:rsid w:val="006C026E"/>
     <w:rsid w:val="006C3BC4"/>
@@ -4379,225 +4674,231 @@
     <w:rsid w:val="007F19BC"/>
     <w:rsid w:val="00802B16"/>
     <w:rsid w:val="008135BB"/>
     <w:rsid w:val="00820368"/>
     <w:rsid w:val="00845657"/>
     <w:rsid w:val="00854E5C"/>
     <w:rsid w:val="00874F1C"/>
     <w:rsid w:val="00875565"/>
     <w:rsid w:val="0088612B"/>
     <w:rsid w:val="00887162"/>
     <w:rsid w:val="00892B39"/>
     <w:rsid w:val="008A1381"/>
     <w:rsid w:val="008A5EBD"/>
     <w:rsid w:val="008A7193"/>
     <w:rsid w:val="008B3F4A"/>
     <w:rsid w:val="008B6D29"/>
     <w:rsid w:val="008C11A9"/>
     <w:rsid w:val="008C2808"/>
     <w:rsid w:val="008C2B8E"/>
     <w:rsid w:val="008C5656"/>
     <w:rsid w:val="008E5AA6"/>
     <w:rsid w:val="008F21DD"/>
     <w:rsid w:val="008F46B0"/>
     <w:rsid w:val="0090499A"/>
     <w:rsid w:val="00906D92"/>
+    <w:rsid w:val="00915D85"/>
     <w:rsid w:val="009267FC"/>
     <w:rsid w:val="0093042B"/>
     <w:rsid w:val="00936517"/>
     <w:rsid w:val="00942890"/>
     <w:rsid w:val="0094465C"/>
     <w:rsid w:val="00951046"/>
     <w:rsid w:val="00963865"/>
     <w:rsid w:val="00972F14"/>
     <w:rsid w:val="00974FE9"/>
     <w:rsid w:val="0098781C"/>
     <w:rsid w:val="00991026"/>
     <w:rsid w:val="0099612D"/>
     <w:rsid w:val="009A4266"/>
+    <w:rsid w:val="009B6A4E"/>
     <w:rsid w:val="009B75D5"/>
     <w:rsid w:val="009C01A2"/>
     <w:rsid w:val="009D0646"/>
     <w:rsid w:val="009E404B"/>
     <w:rsid w:val="009F38FF"/>
     <w:rsid w:val="00A0020B"/>
+    <w:rsid w:val="00A04AC5"/>
     <w:rsid w:val="00A12182"/>
-    <w:rsid w:val="00A12D2E"/>
     <w:rsid w:val="00A30020"/>
     <w:rsid w:val="00A31DA0"/>
     <w:rsid w:val="00A415AE"/>
     <w:rsid w:val="00A62987"/>
     <w:rsid w:val="00A64CB3"/>
     <w:rsid w:val="00A81E4C"/>
     <w:rsid w:val="00A86DB7"/>
     <w:rsid w:val="00A91912"/>
     <w:rsid w:val="00A921DB"/>
     <w:rsid w:val="00A9664C"/>
     <w:rsid w:val="00AA0F5B"/>
     <w:rsid w:val="00AA2680"/>
     <w:rsid w:val="00AB3552"/>
     <w:rsid w:val="00AB4AD7"/>
     <w:rsid w:val="00AC1356"/>
     <w:rsid w:val="00AD076C"/>
     <w:rsid w:val="00AF5E80"/>
     <w:rsid w:val="00B00658"/>
     <w:rsid w:val="00B037DD"/>
     <w:rsid w:val="00B15897"/>
     <w:rsid w:val="00B16B5F"/>
     <w:rsid w:val="00B21CE3"/>
     <w:rsid w:val="00B252AE"/>
     <w:rsid w:val="00B349FD"/>
     <w:rsid w:val="00B35EA8"/>
     <w:rsid w:val="00B375F7"/>
     <w:rsid w:val="00B5131A"/>
     <w:rsid w:val="00B517EC"/>
+    <w:rsid w:val="00B63CF8"/>
     <w:rsid w:val="00B813F6"/>
     <w:rsid w:val="00B91477"/>
     <w:rsid w:val="00B971BC"/>
     <w:rsid w:val="00BA0D7A"/>
     <w:rsid w:val="00BA6E0E"/>
     <w:rsid w:val="00BB4CF5"/>
     <w:rsid w:val="00BB658E"/>
     <w:rsid w:val="00BB77E6"/>
     <w:rsid w:val="00BD6A49"/>
     <w:rsid w:val="00BE1A20"/>
     <w:rsid w:val="00BE5C00"/>
     <w:rsid w:val="00C025FE"/>
     <w:rsid w:val="00C0396C"/>
     <w:rsid w:val="00C2408C"/>
     <w:rsid w:val="00C3587A"/>
+    <w:rsid w:val="00C43B4B"/>
     <w:rsid w:val="00C52A10"/>
+    <w:rsid w:val="00C53628"/>
     <w:rsid w:val="00C64DA0"/>
     <w:rsid w:val="00C67503"/>
     <w:rsid w:val="00C92B95"/>
     <w:rsid w:val="00C94AE2"/>
     <w:rsid w:val="00CA426B"/>
     <w:rsid w:val="00CA68A9"/>
     <w:rsid w:val="00CB7B7A"/>
     <w:rsid w:val="00CC7330"/>
     <w:rsid w:val="00CD190A"/>
     <w:rsid w:val="00CE5C5B"/>
     <w:rsid w:val="00CF2261"/>
     <w:rsid w:val="00CF4951"/>
     <w:rsid w:val="00D30872"/>
     <w:rsid w:val="00D35D11"/>
     <w:rsid w:val="00D364B5"/>
     <w:rsid w:val="00D37C05"/>
     <w:rsid w:val="00D4765B"/>
     <w:rsid w:val="00D53E00"/>
     <w:rsid w:val="00D55ADD"/>
     <w:rsid w:val="00D6135F"/>
     <w:rsid w:val="00D63846"/>
     <w:rsid w:val="00D721EB"/>
     <w:rsid w:val="00D76911"/>
     <w:rsid w:val="00D863E0"/>
     <w:rsid w:val="00D86FFA"/>
     <w:rsid w:val="00D90814"/>
     <w:rsid w:val="00DA0C88"/>
     <w:rsid w:val="00DB23AD"/>
     <w:rsid w:val="00DB2A66"/>
     <w:rsid w:val="00DC487F"/>
     <w:rsid w:val="00DD17A0"/>
     <w:rsid w:val="00DD6FCA"/>
     <w:rsid w:val="00DE210A"/>
     <w:rsid w:val="00DF3794"/>
     <w:rsid w:val="00E0667E"/>
     <w:rsid w:val="00E0796D"/>
     <w:rsid w:val="00E10B29"/>
     <w:rsid w:val="00E12DFA"/>
-    <w:rsid w:val="00E21764"/>
     <w:rsid w:val="00E304D3"/>
     <w:rsid w:val="00E426A4"/>
     <w:rsid w:val="00E47B09"/>
     <w:rsid w:val="00E748AC"/>
     <w:rsid w:val="00E801F7"/>
     <w:rsid w:val="00E8611F"/>
     <w:rsid w:val="00E9439F"/>
     <w:rsid w:val="00E95048"/>
     <w:rsid w:val="00E95D34"/>
     <w:rsid w:val="00EA113F"/>
     <w:rsid w:val="00EA51D5"/>
     <w:rsid w:val="00EB79BB"/>
     <w:rsid w:val="00EC1D1A"/>
     <w:rsid w:val="00EC54B6"/>
     <w:rsid w:val="00ED161C"/>
     <w:rsid w:val="00ED269E"/>
     <w:rsid w:val="00ED3702"/>
+    <w:rsid w:val="00ED603A"/>
     <w:rsid w:val="00EF6EAB"/>
     <w:rsid w:val="00F25C08"/>
     <w:rsid w:val="00F26C08"/>
     <w:rsid w:val="00F27922"/>
     <w:rsid w:val="00F35689"/>
     <w:rsid w:val="00F41FF4"/>
     <w:rsid w:val="00F54576"/>
     <w:rsid w:val="00F67A48"/>
     <w:rsid w:val="00F76212"/>
     <w:rsid w:val="00F866EC"/>
     <w:rsid w:val="00F9293E"/>
-    <w:rsid w:val="00F93F3C"/>
     <w:rsid w:val="00FA58A5"/>
     <w:rsid w:val="00FC49B4"/>
     <w:rsid w:val="00FC4E6B"/>
     <w:rsid w:val="00FC5D58"/>
     <w:rsid w:val="00FD0C83"/>
     <w:rsid w:val="00FD21DF"/>
     <w:rsid w:val="00FD4511"/>
+    <w:rsid w:val="00FD6AB2"/>
     <w:rsid w:val="00FE4083"/>
+    <w:rsid w:val="00FE4346"/>
     <w:rsid w:val="00FF30CA"/>
     <w:rsid w:val="00FF4B62"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="32769"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="7C8F0F3C"/>
   <w15:docId w15:val="{08F4A3A9-4528-4B25-963D-1F45E0B5E86A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-AU" w:eastAsia="en-AU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5420,76 +5721,80 @@
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="0088612B"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00335DEC"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="2050719255">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@aoanjrr.org.au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://aoanjrr.sahmri.com/data-collection" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:admin@aoanjrr.org.au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.aoa.org.au/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:adminr@aoanjrr.org.au" TargetMode="External"/></Relationships>
+</file>
+
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5752,59 +6057,50 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...7 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Australian Orthopaedic Association (Default CT)" ma:contentTypeID="0x0101000EF88FC2CAD613488C135573813F3D3F00F99A522C1789314DB58B2DD010D99D9700747937048E7DC74296D8C855EB4344F4" ma:contentTypeVersion="30" ma:contentTypeDescription="" ma:contentTypeScope="" ma:versionID="1e8a40758e57a691da2c51f0e22c388f">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns1="http://schemas.microsoft.com/sharepoint/v3" xmlns:ns2="dcb029e4-eef8-41c2-b872-e5fb0338e987" xmlns:ns3="bcb65962-6466-4eb5-978e-af5ddf4eee47" xmlns:ns4="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1f96a88c2df0d804fad86776473c140e" ns1:_="" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3"/>
     <xsd:import namespace="dcb029e4-eef8-41c2-b872-e5fb0338e987"/>
     <xsd:import namespace="bcb65962-6466-4eb5-978e-af5ddf4eee47"/>
     <xsd:import namespace="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:jf85f7d7c2aa4b53aec1efe99bca0618" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:TaxCatchAllLabel" minOccurs="0"/>
                 <xsd:element ref="ns2:b2354de7539d45dda28ca1a6e9018e3f" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:Calendar_x0020_Year" minOccurs="0"/>
                 <xsd:element ref="ns2:Meeting_x0020_Date" minOccurs="0"/>
                 <xsd:element ref="ns4:c2ceacc7981442aead43a17efe01faf8" minOccurs="0"/>
                 <xsd:element ref="ns4:g73e8a0891ba4ef3b1a7a31885f00c07" minOccurs="0"/>
                 <xsd:element ref="ns4:Stakeholder_x0020_Group" minOccurs="0"/>
                 <xsd:element ref="ns2:a0499cb44bfc4ebfbe0f8b00d085d3b3" minOccurs="0"/>
                 <xsd:element ref="ns4:i305f1536da646e38c0211631745230e" minOccurs="0"/>
@@ -6084,196 +6380,212 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <a0499cb44bfc4ebfbe0f8b00d085d3b3 xmlns="dcb029e4-eef8-41c2-b872-e5fb0338e987">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Australian Orthopaedic Association - National Joint Replacement Registry</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">20702867-872a-4a93-baca-3bbbf14adeeb</TermId>
         </TermInfo>
       </Terms>
     </a0499cb44bfc4ebfbe0f8b00d085d3b3>
     <Conference_x0020_Name xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876">Other</Conference_x0020_Name>
     <Calendar_x0020_Year xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876">2019</Calendar_x0020_Year>
     <TaxCatchAll xmlns="dcb029e4-eef8-41c2-b872-e5fb0338e987">
       <Value>13</Value>
       <Value>198</Value>
       <Value>240</Value>
     </TaxCatchAll>
     <Stakeholder_x0020_Group xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876">Internal</Stakeholder_x0020_Group>
     <b2354de7539d45dda28ca1a6e9018e3f xmlns="dcb029e4-eef8-41c2-b872-e5fb0338e987">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">General Administration</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">3b254bc7-a2d6-4771-a2ec-98b0b3681c55</TermId>
         </TermInfo>
       </Terms>
     </b2354de7539d45dda28ca1a6e9018e3f>
     <jf85f7d7c2aa4b53aec1efe99bca0618 xmlns="dcb029e4-eef8-41c2-b872-e5fb0338e987">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
         <TermInfo xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
           <TermName xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">Manual</TermName>
           <TermId xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">cf1343c1-da7e-4e1f-a11b-ee13d5fd72f5</TermId>
         </TermInfo>
       </Terms>
     </jf85f7d7c2aa4b53aec1efe99bca0618>
     <c2ceacc7981442aead43a17efe01faf8 xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </c2ceacc7981442aead43a17efe01faf8>
     <Meeting_x0020_Date xmlns="dcb029e4-eef8-41c2-b872-e5fb0338e987" xsi:nil="true"/>
     <i305f1536da646e38c0211631745230e xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876" xsi:nil="true"/>
     <Ad_x0020_Hoc_x0020_Number xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876" xsi:nil="true"/>
     <g73e8a0891ba4ef3b1a7a31885f00c07 xmlns="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </g73e8a0891ba4ef3b1a7a31885f00c07>
     <_ip_UnifiedCompliancePolicyUIAction xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
     <_ip_UnifiedCompliancePolicyProperties xmlns="http://schemas.microsoft.com/sharepoint/v3" xsi:nil="true"/>
   </documentManagement>
 </p:properties>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<?mso-contentType ?>
+<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="1b11fbce-e9a9-4425-b85e-38f464aebd8d" ContentTypeId="0x0101000EF88FC2CAD613488C135573813F3D3F" PreviousValue="false"/>
 </file>
 
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
-<SharedContentType xmlns="Microsoft.SharePoint.Taxonomy.ContentTypeSync" SourceId="1b11fbce-e9a9-4425-b85e-38f464aebd8d" ContentTypeId="0x0101000EF88FC2CAD613488C135573813F3D3F" PreviousValue="false"/>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B17F06A8-59FA-462B-9E12-3431AA21D8AD}">
-[...6 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6A05B1C2-CD62-4D58-B856-56BF4093EB6C}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
     <ds:schemaRef ds:uri="dcb029e4-eef8-41c2-b872-e5fb0338e987"/>
     <ds:schemaRef ds:uri="bcb65962-6466-4eb5-978e-af5ddf4eee47"/>
     <ds:schemaRef ds:uri="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{295B22F0-AE64-4625-9FB2-1E2A3F183921}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="bcb65962-6466-4eb5-978e-af5ddf4eee47"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="dcb029e4-eef8-41c2-b872-e5fb0338e987"/>
-    <ds:schemaRef ds:uri="cdf531b7-27c5-4f6e-8b00-ee9eaee0c876"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B77E45B0-CF7D-4EC5-A40A-2BF4C831ED9A}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7C02FB2E-AE6E-453A-976F-6835E13CE5C0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B84681D-A16E-430F-8C49-F85E2158A123}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="Microsoft.SharePoint.Taxonomy.ContentTypeSync"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B17F06A8-59FA-462B-9E12-3431AA21D8AD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>177</Words>
-  <Characters>1011</Characters>
+  <Words>197</Words>
+  <Characters>1053</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>34</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>AUSTRALIAN ORTHOPAEDIC ASSOCIATIONFOR.S8.7 Joint Replacement Data Form Reorder</vt:lpstr>
+      <vt:lpstr>FOR.S8.5 Joint Data Forms Coversheet</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>NJRR</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1186</CharactersWithSpaces>
+  <CharactersWithSpaces>1232</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>458860</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>mailto:Lisa.Ingerson@health.sa.gov.au</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>